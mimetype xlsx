--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10648922</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/adf73c</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Search for Subdwarf B Binaries Using Pulsation Timing from TESS</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Otani, Tomomi (ORCID:0000000216918479); Baran, A S (ORCID:0000000164466617); Spence, Lindsay C; von_Hippel, Ted (ORCID:0000000257752866); Lozano, E Lynum-; Clark, Julia M</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-09-02T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>170</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>199</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Hot subdwarf B (sdB) stars are post-main-sequence stars of high temperature and gravity. Approximately 30% of sdBs exhibit stable pressure and/or gravity-mode pulsations, which can be used via the timing method to test for companion stars and determine their orbital solutions. We used short cadence data from the Transiting Exoplanet Survey Satellite (TESS) to search for previously undiscovered companions to sdBs. In this paper, we focus on searching for companions with orbital periods shorter than 13.5 days which are detectable within one sector of TESS data (about 27 days). The timing method requires that we derive pulsation frequencies in subsets of data significantly shorter than the periods we are searching for, which we set at 0.5–1.5 day. We investigated ten sdB stars with previously detected&lt;italic&gt;p&lt;/italic&gt;-mode pulsations for which at least one&lt;italic&gt;p&lt;/italic&gt;-mode pulsation remains detectable with a signal-to-noise ratio &gt; 4 within data subsets of duration 0.5–1.5 day. We find that two (TIC 202354658 and TIC 69298924) of these ten sdB stars likely have white-dwarf companions and set limits on companion masses for the other eight sdB stars.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108975</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>