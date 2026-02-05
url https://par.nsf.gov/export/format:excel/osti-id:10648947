--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10648947</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3757892.3757910</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>From Component to System: Rethinking Edge Computing Design through a Carbon-Aware Lens</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chen, Xuesi; Goldner, Ariel; Yildiz, Eren; Mandel, Ilan; Cheng, Tingyu; Hester, Josiah; Gupta, Udit</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM SIGEnergy Energy Informatics Review</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>125 to 131</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2770-5331</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>As edge devices see increasing adoption across a wide range of applications, understanding their environmental impact has become increasingly urgent. Unlike cloud systems, edge deployments consist of tightly integrated microcontrollers, sensors, and energy sources that collectively shape their carbon footprint. In this paper, we present a carbon-aware design framework tailored to embedded edge systems. We analyze the embodied emissions of several off-the-shelf microcontroller boards and peripheral components and examine how deployment context—such as workload type, power source, and usage duration—alters the carbon-optimal configuration. Through empirical case studies comparing battery- and solar-powered scenarios, we find that the lowest-emission choice is often workload- and context-specific, challenging assumptions that energy-efficient or renewable powered systems are always the most sustainable. Our results highlight the need for fine-grained, system-level reasoning when designing for sustainability at the edge and provide actionable insights for researchers and practitioners seeking to reduce the carbon cost of future deployments.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2324861</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>