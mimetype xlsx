--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10649109</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4365/adae86</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Stellar Abundances and Galactic Evolution Survey (SAGES). II. Machine Learning–based Stellar Parameters for 21 Million Stars from the First Data Release</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gu, Hongrui (ORCID:0009000756106495); Fan, Zhou (ORCID:0000000330673540); Zhao, Gang (ORCID:000000028980945X); Yang, Huang (ORCID:0000000332502876); Beers, Timothy C (ORCID:0000000345736233); Wang, Wei (ORCID:0000000297024441); Zheng, Jie (ORCID:0000000166376973); Zhao, Jingkun (ORCID:0000000328688276); Li, Chun (ORCID:0009000048357525); Chen, Yuqin (ORCID:000000028442901X); Yuan, Haibo (ORCID:0000000324712363); Li, Haining (ORCID:0000000203899264); Tan, Kefeng (ORCID:0000000301736397); Song, Yihan (ORCID:0000000172555003); Luo, Ali (ORCID:0000000178652648); Song, Nan; Liu, Yujuan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-02-25T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Supplement Series</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>277</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0067-0049</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Stellar parameters for large samples of stars play a crucial role in constraining the nature of stars and stellar populations in the Galaxy. An increasing number of medium-band photometric surveys are presently used in estimating stellar parameters. In this study, we present a machine learning approach to derive estimates of stellar parameters, including [Fe/H], log&lt;italic&gt;g&lt;/italic&gt;, and&lt;italic&gt;T&lt;/italic&gt;&lt;sub&gt;eff&lt;/sub&gt;, based on a combination of medium-band and broadband photometric observations. Our analysis employs data primarily sourced from the Stellar Abundances and Galactic Evolution Survey (SAGES), which aims to observe much of the Northern Hemisphere. We combine the&lt;italic&gt;uv&lt;/italic&gt;-band data from SAGES DR1 with photometric and astrometric data from Gaia EDR3, and apply the random forest method to estimate stellar parameters for approximately 21 million stars. We are able to obtain precisions of 0.09 dex for [Fe/H], 0.12 dex for log&lt;italic&gt;g&lt;/italic&gt;, and 70 K for&lt;italic&gt;T&lt;/italic&gt;&lt;sub&gt;eff&lt;/sub&gt;. Furthermore, by incorporating Two Micron All Sky Survey and Wide-field Infrared Survey Explorer infrared photometric and Galaxy Evolution Explorer ultraviolet data, we are able to achieve even higher precision estimates for over 2.2 million stars. These results are applicable to both giant and dwarf stars. Building upon this mapping, we construct a foundational data set for research on metal-poor stars, the structure of the Milky Way, and beyond. With the forthcoming release of additional bands from SAGES such DDO51 and H&lt;italic&gt;α&lt;/italic&gt;, this versatile machine learning approach is poised to play an important role in upcoming surveys featuring expanded filter sets.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1927130</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOP</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>