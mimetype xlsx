--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10649204</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4365/ada3ba</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Photometric Stellar Parameters for 195,478 Kepler Input Catalog Stars</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhang, Bowen (ORCID:0009000874790742); Huang, Yang (ORCID:0000000332502876); Beers, Timothy C (ORCID:0000000345736233); Xiao, Kai (ORCID:0000000184241079); Liu, Jifeng (ORCID:0000000228742706); Jia, Lei; Han, Henggeng (ORCID:0000000334745118); Li, Zhirui (ORCID:0000000275989250); Zheng, Chuanjie (ORCID:0009000675568401); Sun, Yongkang (ORCID:0000000239352666); Shi, Ruifeng (ORCID:0009000069327894); Gu, Hongrui (ORCID:0009000756106495)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-02-17T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Supplement Series</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>277</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0067-0049</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The stellar atmospheric parameters and physical properties of stars in the Kepler Input Catalog (KIC) are of great significance for the study of exoplanets, stellar activity, and asteroseismology. However, despite extensive effort over the past decades, accurate spectroscopic estimates of these parameters are available for only about half of the stars in the full KIC. In our work, by training relationships between photometric colors and spectroscopic stellar parameters from Gaia DR3, the Kepler-INT Survey, Large Sky Area Multi-Object Fiber Spectroscopic Telescope DR10, and Galactic Evolution Experiment at Apache Point Observatory DR17, we have obtained atmospheric parameter estimates for over 195,000 stars, accounting for 97% of the total sample of KIC stars. We obtain 1&lt;italic&gt;σ&lt;/italic&gt;uncertainties of 0.1 dex on metallicity [Fe/H], 100 K on effective temperature&lt;italic&gt;T&lt;/italic&gt;&lt;sub&gt;eff&lt;/sub&gt;, and 0.2 dex on surface gravity log&lt;italic&gt;g&lt;/italic&gt;. In addition, based on these atmospheric parameters, we estimated the ages, masses, radii, and surface gravities of these stars using the commonly adopted isochrone-fitting approach. External comparisons indicate that the resulting precision for turnoff stars is 20% in age; for dwarf stars, it is 0.07&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;in mass, 0.05&lt;italic&gt;R&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;in radius, and 0.12 dex in surface gravity; and for giant stars, it is 0.14&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;in mass, 0.73&lt;italic&gt;R&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;in radius, and 0.11 dex in surface gravity.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1927130</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOP</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>