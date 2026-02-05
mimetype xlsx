--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10649295</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3587281.3587295</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Ability + Motivation: Understanding Factors that Influence People with Cognitive Disabilities in Regularly Practicing Daily Activities</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Koushik, Varsha [Mathematics &amp;amp; Computer Science, Colorado College, USA] (ORCID:0000000220881963); Kane, Shaun [Department of Computer Science, University of Colorado Boulder, USA] (ORCID:0000000202769417)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-04-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>122 to 133</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400707483</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Not AvailablePeople with cognitive disabilities may experience challenges in consistently performing daily activities because they skip steps, struggle to track progress, or lack the motivation to complete them. These challenges are often along a range; people need assistive devices customized to their specific needs. However, existing assistive technologies, like prompting systems, lack the capabilities to customize support for diverse needs. With the advent of smart home devices, there are opportunities to design prompting systems that support diverse accessibility and motivational needs, thereby supporting the regular practice of daily activities. To understand design factors for such devices, we interviewed adults with cognitive disabilities, parents, and caregivers. Our participants described their needs for future prompting systems, including structuring tasks, supporting motivation, and introducing community support. This paper presents insights and design suggestions for context-aware assistive technologies that could help people with cognitive disabilities regularly perform everyday activities.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1652907</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>