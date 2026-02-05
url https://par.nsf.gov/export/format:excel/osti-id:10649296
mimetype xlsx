--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10649296</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3663548.3675626</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>"It's an independent living skill, but covered with fun!": Prompting At-Home Skill Development for Children with Vision Impairment</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gadiraju, Vinitha [Wellesley College, United States] (ORCID:000900089315280X); Jayne, Lucia [University of Colorado Boulder, United States] (ORCID:0000000316785757); Kane, Shaun K [Google Research, United States] (ORCID:0000000202769417)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-10-27T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 14</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This study examined how to design tools that build independence with Blind or Visually Impaired (BVI) children and their families. Beyond core academics, BVI children require instruction on independent living skills, with their curriculum necessitating parent-school cooperation to support continued education at home. However, most technology for BVI children focus on academics, spatial orientation, and physical mobility. In this work, we aim to design a tool for independence that aligns with existing familial structures and activities. Through interviews and diary studies with five families, we explored development practices parents used with their BVI children, parent-teacher relationships, and how a prompting and reflection tool supported family goals. This study highlights home routines and independence skills that benefit from customized prompting, how activity prompts can encourage parents to scale back their assistance and propel independence, and how reflection builds optimism and empowers parents in the learning process.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1652907</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>