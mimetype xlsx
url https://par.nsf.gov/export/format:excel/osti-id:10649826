--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,164 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...112 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -178,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10649826</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Making Transparency Advocates: An Educational Approach Towards Better Algorithmic Transparency in Practice</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bell, Andrew; Stoyanovich, Julia</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-02-25T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Concerns about the risks and harms posed by artificial intelligence (AI) have resulted in significant study into algorithmic transparency, giving rise to a sub-field known as Explainable AI (XAI). Unfortunately, despite a decade of development in XAI, an existential challenge remains: progress in research has not been fully translated into the actual implementation of algorithmic transparency by organizations. In this work, we test an approach for addressing the challenge by creating transparency advocates, or motivated individuals within organizations who drive a ground-up cultural shift towards improved algorithmic transparency.
+Over several years, we created an open-source educational workshop on algorithmic transparency and advocacy. We delivered the workshop to professionals across two separate domains to improve their algorithmic transparency literacy and willingness to advocate for change. In the weeks following the workshop, participants applied what they learned, such as speaking up for algorithmic transparency at an organization-wide AI strategy meeting. We also make two broader observations: first, advocacy is not a monolith and can be broken down into different levels. Second, individuals' willingness for advocacy is affected by their professional field. For example, news and media professionals may be more likely to advocate for algorithmic transparency than those working at technology start-ups.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1922658</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Thirty-Ninth AAAI Conference on Artificial Intelligence (AAAI-25)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>