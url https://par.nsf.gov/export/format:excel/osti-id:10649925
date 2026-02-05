--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10649925</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1609/aies.v8i3.36727</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Investigating Political and Demographic Associations in Large Language Models Through Moral Foundations Theory</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Smith-Vaniz, Nicole; Lyon, Harper; Steigner, Lorraine; Armstrong, Ben; Mattei, Nicholas</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-10-15T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the AAAI/ACM Conference on AI, Ethics, and Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2419 to 2430</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>3065-8365</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Large Language Models (LLMs) have become increasingly incorporated into everyday life for many internet users, taking on significant roles as advice givers in the domains of medicine, personal relationships, and even legal matters. The importance of these roles raise questions about how and what responses LLMs make in difficult political and moral domains, especially questions about possible biases. To quantify the nature of potential biases in LLMs, various works have applied Moral Foundations Theory (MFT), a framework that categorizes human moral reasoning into five dimensions: Harm, Fairness, Ingroup Loyalty, Authority, and Purity. Previous research has used the MFT to measure differences in human participants along political, national, and cultural lines. While there has been some analysis of the responses of LLM with respect to political stance in role-playing scenarios, no work so far has directly assessed the moral leanings in the LLM responses, nor have they connected LLM outputs with robust human data. In this paper we analyze the distinctions between LLM MFT responses and existing human research directly, investigating whether commonly available LLM responses demonstrate ideological leanings — either through their inherent responses, straightforward representations of political ideologies, or when responding from the perspectives of constructed human personas. We assess whether LLMs inherently generate responses that align more closely with one political ideology over another, and additionally examine how accurately LLMs can represent ideological perspectives through both explicit prompting and demographic-based role-playing. By systematically analyzing LLM behavior across these conditions and experiments, our study provides insight into the extent of political and demographic dependency in AI-generated responses.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2107505</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAAI Press</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>