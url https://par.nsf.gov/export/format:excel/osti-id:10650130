--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10650130</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Young Stellar Inclinations Derived from Photometric and Spectroscopic Data</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Knowlton, Peter; Hyden, Jacob; Speckert, Meghan; Prato, Lisa; Kutra, Taylor; Tang, Shih-Yun; Johns-Krull, Christopher; Rebull, Luisa</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-01-15T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>357.11</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Understanding the inclinations of stellar spin axes is fundamental for studying planet formation and young binary star evolution. Obliquities between exoplanet orbits and their host stars can be traced to the misalignment of circumstellar disks and stellar rotation. In both single and binary systems, these misalignments can impact disk lifetimes and hinder the formation of planets altogether. Our goal is to derive the inclinations for single and binary systems in the Taurus star-forming region using a unique method that relies on estimates of stellar radii. We first identify rotation periods from TESS and K2 light curves for over a hundred sources. In order to test that these periods reflect the stellar rotation of CTTSs, we model the impact of accretion and other activity on our ability to extract the underlying sinusoidal signal we expect from rotation. We combine these data with projected stellar rotation velocities and effective temperatures derived by fitting a synthetic model grid to IGRINS spectra of our sources. Alongside all of these parameters, we use stellar ages and evolutionary track models from the literature to determine inclination. We present the details of this novel approach and the results from our derived distribution of stellar inclinations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2109179</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Bulletin of the American Astronomical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>