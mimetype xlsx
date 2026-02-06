--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10650543</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s41114-025-00056-1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Waveform modelling for the Laser Interferometer Space Antenna</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Afshordi, Niayesh; Akçay, Sarp (ORCID:000000032216421X); Seoane, Pau Amaro (ORCID:0000000339933249); Antonelli, Andrea; Aurrekoetxea, Josu C (ORCID:0000000195845791); Barack, Leor (ORCID:0000000347429413); Barausse, Enrico (ORCID:0000000164996263); Benkel, Robert; Bernard, Laura (ORCID:0000000328561662); Bernuzzi, Sebastiano; Berti, Emanuele (ORCID:0000000307515130); Bonetti, Matteo; Bonga, Béatrice (ORCID:0000000258089517); Bozzola, Gabriele; Brito, Richard (ORCID:0000000278073053); Buonanno, Alessandra (ORCID:0000000254331409); Cárdenas-Avendaño, Alejandro (ORCID:0000000195281826); Casals, Marc (ORCID:0000000289144072); Chernoff, David F (ORCID:0000000273941675); Chua, Alvin_J K (ORCID:0000000152428269); Clough, Katy; Colleoni, Marta (ORCID:0000000272149088); Compère, Geoffrey; Dhesi, Mekhi; Druart, Adrien; Durkan, Leanne (ORCID:0000000185935793); Faye, Guillaume; Ferguson, Deborah; Field, Scott E (ORCID:0000000260373277); Gabella, William E (ORCID:000000032954512X); García-Bellido, Juan (ORCID:0000000293708360); Gracia-Linares, Miguel; Gerosa, Davide (ORCID:0000000209333579); Green, Stephen R (ORCID:0000000269876313); Haney, Maria (ORCID:0000000175543665); Hannam, Mark; Heffernan, Anna (ORCID:0000000333559671); Hinderer, Tanja (ORCID:0000000233946105); Helfer, Thomas (ORCID:0000000168801005); Hughes, Scott A; Husa, Sascha (ORCID:0000000204451971); Isoyama, Soichiro (ORCID:0000000162472642); Katz, Michael L (ORCID:0000000276055767); Kavanagh, Chris (ORCID:0000000228749780); Khanna, Gaurav; Kidder, Larry E (ORCID:0000000153927342); Korol, Valeriya (ORCID:0000000267255935); Küchler, Lorenzo (ORCID:0000000266091684); Laguna, Pablo (ORCID:0000000225393897); Larrouturou, François; Tiec, Alexandre Le; Leather, Benjamin (ORCID:0000000161867271); Lim, Eugene A (ORCID:0000000262279540); Lim, Hyun (ORCID:0000000284359533); Littenberg, Tyson B; Long, Oliver (ORCID:0000000238979272); Lousto, Carlos O (ORCID:0000000264009640); Lovelace, Geoffrey (ORCID:0000000270841070); Lukes-Gerakopoulos, Georgios (ORCID:0000000263333094); Lynch, Philip (ORCID:0000000340707150); Macedo, Rodrigo P (ORCID:0000000329425080); Markakis, Charalampos; Maggio, Elisa (ORCID:0000000219608185); Mandel, Ilya; Maselli, Andrea; Mathews, Josh (ORCID:0000000254778470); Mourier, Pierre (ORCID:0000000180786901); Neilsen, David; Nagar, Alessandro; Nichols, David A (ORCID:0000000247589460); Novák, Jan; Okounkova, Maria; O’Shaughnessy, Richard; Oshita, Naritaka (ORCID:0000000287991382); O’Toole, Conor; Pan, Zhen; Pani, Paolo (ORCID:0000000344431761); Pappas, George; Paschalidis, Vasileios (ORCID:0000000280999023); Pfeiffer, Harald P (ORCID:000000019288519X); Pompili, Lorenzo (ORCID:0000000207106778); Pound, Adam (ORCID:0000000194460638); Pratten, Geraint (ORCID:0000000349840775); Rüter, Hannes R (ORCID:0000000234425360); Ruiz, Milton (ORCID:0000000275324144); Sam, Zeyd; Sberna, Laura (ORCID:0000000287519889); Shapiro, Stuart L; Shoemaker, Deirdre M (ORCID:0000000298996357); Sopuerta, Carlos F (ORCID:0000000217794447); Spiers, Andrew (ORCID:0000000302227578); Sundar, Hari (ORCID:0000000190015107); Tamanini, Nicola; Thompson, Jonathan E (ORCID:0000000204195517); Toubiana, Alexandre; Tsokaros, Antonios (ORCID:0000000322428924); Upton, Samuel D (ORCID:0000000329657674); van_de_Meent, Maarten (ORCID:0000000202422464); Vernieri, Daniele (ORCID:0000000343792549); Wachter, Jeremy M (ORCID:0000000210702431); Warburton, Niels (ORCID:0000000309148645); Wardell, Barry (ORCID:0000000161769006); Witek, Helvi (ORCID:000000033043163X); Witzany, Vojtěch (ORCID:0000000292095355); Yang, Huan (ORCID:0000000299653030); Zilhão, Miguel (ORCID:0000000270895570); Albertini, Angelica (ORCID:0000000295561323); Arun, K G; Bezares, Miguel; Bonilla, Alexander (ORCID:0000000270010728); Chapman-Bird, Christian (ORCID:0000000227289612); Cownden, Bradley (ORCID:0000000258311384); Cunningham, Kevin (ORCID:0000000210942267); Devitt, Chris (ORCID:0000000276505828); Dolan, Sam (ORCID:0000000246726523); Duque, Francisco; Dyson, Conor; Fryer, Chris L; Gair, Jonathan R (ORCID:0000000216713668); Giacomazzo, Bruno; Gupta, Priti; Han, Wen-Biao (ORCID:0000000220390726); Haas, Roland (ORCID:0000000314246178); Hirschmann, Eric W (ORCID:0000000321648001); Huerta, E A (ORCID:0000000296823604); Jetzer, Philippe; Kelly, Bernard; Khalil, Mohammed; Lewis, Jack (ORCID:0000000183453176); Lloyd-Ronning, Nicole; Marsat, Sylvain; Nardini, Germano (ORCID:0000000235230477); Neef, Jakob (ORCID:0000000232155694); Ottewill, Adrian (ORCID:0000000332938450); Pantelidou, Christiana (ORCID:0000000279838636); Piovano, Gabriel Andres (ORCID:0000000317826813); Redondo-Yuste, Jaime; Sagunski, Laura (ORCID:0000000235063306); Stein, Leo C (ORCID:0000000175599597); Skoupý, Viktor; Sperhake, Ulrich (ORCID:0000000231347088); Speri, Lorenzo (ORCID:0000000254427267); Spieksma, Thomas_F M; Stevens, Chris; Trestini, David (ORCID:0000000241400591); Vañó-Viñuales, Alex (ORCID:000000028589006X)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>LISA_Consortium_Waveform_Working_Group</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Living Reviews in Relativity</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1433-8351</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;LISA, the Laser Interferometer Space Antenna, will usher in a new era in gravitational-wave astronomy. As the first anticipated space-based gravitational-wave detector, it will expand our view to the millihertz gravitational-wave sky, where a spectacular variety of interesting new sources abound: from millions of ultra-compact binaries in our Galaxy, to mergers of massive black holes at cosmological distances; from the early inspirals of stellar-mass black holes that will ultimately venture into the ground-based detectors’ view to the death spiral of compact objects into massive black holes, and many sources in between. Central to realising LISA’s discovery potential are waveform models, the theoretical and phenomenological predictions of the pattern of gravitational waves that these sources emit. This White Paper is presented on behalf of the Waveform Working Group for the LISA Consortium. It provides a review of the current state of waveform models for LISA sources, and describes the significant challenges that must yet be overcome.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2209655; 2308615</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Living Reviews</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>