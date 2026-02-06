--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10650564</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1073/pnas.2506787122</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Lattice materials with topological states optimized on demand</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Azizi, Pegah (ORCID:0000000206211373); Kundu, Rahul Dev (ORCID:0000000221014204); Li, Weichen (ORCID:0000000231646088); Sun, Kai (ORCID:0000000195957646); Zhang, Xiaojia Shelly (ORCID:0000000348788637); Gonella, Stefano (ORCID:0000000337051808)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-08-12T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the National Academy of Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>122</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0027-8424</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Topological states of matter, first discovered in quantum systems, have opened new avenues for wave manipulation beyond the quantum realm. In elastic media, realizing these topological effects requires identifying lattices that support the corresponding topological bands. However, among the vast number of theoretically predicted topological states, only a small fraction has been physically realized. To close this gap, we present a strategy capable of systematically and efficiently discovering metamaterials with desired topological state. Our approach builds on topological quantum chemistry, which systematically classifies topological states by analyzing symmetry properties at selected wavevectors. Because this method condenses the topological character into mathematical information at a small set of wavevectors, it encodes a clear and computationally efficient objective for topology optimization algorithms. We demonstrate that, for certain lattice symmetries, this classification can be further reduced to intuitive morphological features of the phonon band structure. By incorporating these band morphology constraints into topology optimization algorithms and further fabricating obtained designs, we enable the automated discovery and physical realization of metamaterials with targeted topological properties. This methodology establishes a paradigm for engineering topological elastic lattices on demand, addressing the bottleneck in material realization and paving the way for a comprehensive database of topological metamaterial configurations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2344257</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>arXiv</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>