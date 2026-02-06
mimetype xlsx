--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10650639</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3729282</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Reductive Analysis with Compiler-Guided Large Language Models for Input-Centric Code Optimizations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Xiangwei (ORCID:0009000136490852); Hui, Xinning (ORCID:0000000170785454); Liao, Chunhua (ORCID:0000000164770547); Shen, Xipeng (ORCID:0000000335998010)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Programming Languages</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>PLDI</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>797 to 821</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2475-1421</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Input-centric program optimization aims to optimize code by considering the relations between program inputs and program behaviors. Despite its promise, a long-standing barrier for its adoption is the difficulty of automatically identifying critical features of complex inputs. This paper introduces a novel technique,&lt;italic toggle='yes'&gt;reductive analysis through compiler-guided Large Language Models (LLMs)&lt;/italic&gt;, to solve the problem through a synergy between compilers and LLMs. It uses a reductive approach to overcome the scalability and other limitations of LLMs in program code analysis. The solution, for the first time, automates the identification of critical input features without heavy instrumentation or profiling, cutting the time needed for input identification by 44× (or 450× for local LLMs), reduced from 9.6 hours to 13 minutes (with remote LLMs) or 77 seconds (with local LLMs) on average, making input characterization possible to be integrated into the workflow of program compilations. Optimizations on those identified input features show similar or even better results than those identified by previous profiling-based methods, leading to optimizations that yield 92.6% accuracy in selecting the appropriate adaptive OpenMP parallelization decisions, and 20–30% performance improvement of serverless computing while reducing resource usage by 50–60%.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2417850; 2312207</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM Digital Library</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>