--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,173 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...121 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -187,185 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10650759</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.22318/cscl2025.380628</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Exploring the Design of Pedagogical Agent Roles in Collaborative STEM+C Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Cohn, Clayton; Fonteles, Joyce Horn; Snyder, Caitlin; Srivastava, Namrata; S, Ashwin T; Campbell, Desmond; Montenegro, Justin; Biswas, Gautam</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>330 to 334</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This paper explores the design of two types of pedagogical agents—teaching and peer—in a collaborative STEM+C learning environment, C2STEM, where high school students
+learn physics (kinematics) and computing by building computational models that simulate the motion of objects. Through in-depth case study interviews with teachers and students, we identify role-based features for these agents to support collaborative learning in open-ended STEM+C learning environments. We propose twelve design principles—four for teaching agents, four for peer agents, and four shared by both—contributing to foundational guidelines for developing agents that enhance collaborative learning through computational modeling.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2327708; 2112635</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Society of the Learning Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>