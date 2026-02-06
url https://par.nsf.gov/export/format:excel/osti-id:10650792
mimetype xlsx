--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10650792</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1016/j.lindif.2025.102724</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Using collaborative interactivity metrics to analyze students' problem-solving behaviors during STEM+C computational modeling tasks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Snyder, Caitlin; Cohn, Clayton; Fonteles, Joyce Horn; Biswas, Gautam</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Learning and Individual Differences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>121</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>102724</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1041-6080</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Recently, there has been a surge in developing curricula and tools that integrate computing (C) into Science, Technology, Engineering, and Math (STEM) programs. These environments foster authentic problem-solving while facilitating students’ concurrent learning of STEM+C content. In our study, we analyzed students’ behaviors as they worked in pairs to create computational kinematics models of object motion. We derived a domain-specific metric from students’ collaborative dialogue that measured how they integrated science and computing concepts into their problem-solving tasks. Additionally, we computed social metrics such as equity and turn-taking based on the students’ dialogue. We identified and characterized students’ planning, enacting, monitoring, and reflecting behaviors as they worked together on their model construction tasks. This study in-vestigates the impact of students’ collaborative behaviors on their performance in STEM+C computational modeling tasks. By analyzing the relationships between group synergy, turn-taking, and equity measures with task performance, we provide insights into how these collaborative behaviors influence students’ ability to construct accurate models. Our findings underscore the importance of synergistic discourse for overall task success, particularly during the enactment, monitoring, and reflection phases. Conversely, variations in equity and turn-taking have a minimal impact on segment-level task performance.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2327708; 2112635</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Science Direct: https://www.sciencedirect.com/science/article/pii/S1041608025001001</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>