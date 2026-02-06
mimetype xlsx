--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10651090</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1101/2025.08.29.673132</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Evaluating the Effectiveness of Data Reduction Techniques in QTL Mapping</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Keller, Caroline (ORCID:0000000349220680); Caseys, Celine (ORCID:0000000341879018); Kliebenstein, Daniel J (ORCID:0000000157593175)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-09-04T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Data reduction methods are frequently employed in large genomics and phenomics studies to extract core patterns, reduce dimensionality, and alleviate multiple testing effects. Principal component analysis (PCA), in particular, identifies the components that capture the most variance within omics datasets. While data reduction can simplify complex datasets, it remains unclear how the use of PCA impacts downstream analyses such as quantitative trait loci (QTL) or genome-wide association (GWA) approaches and their biological interpretation. In QTL studies, an alternative to data reduction is the use of post-hoc data summarization approaches, such as hotspot analysis, which involves mapping individual traits and consolidating results based on shared genomic locations. To evaluate how different analytical approaches may alter the biological insights derived from multi-dimensional QTL datasets, we compared individual trait hotspots with PCA-based QTL mapping using transcriptomic and metabolomic data from a structured recombinant inbred line population. Interestingly, these two approaches identified different genomic regions and genetic architectures. These findings suggest that mapping PCA-reduced data does not merely streamline analyses but may generate a fundamentally different view of the underlying genetic architecture compared to individual trait mapping and hotspot analysis. Thus, the use of PCA and other data reduction techniques prior to QTL or GWAS mapping should be carefully considered to ensure alignment with the specific biological question being addressed.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1906486; 2020754</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Posted Content</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>bioRxiv</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>