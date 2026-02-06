--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10651203</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1115/DETC2024-143607</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Inverse Design With Conditional Cascaded Diffusion Models</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Habibi, Milad; Fuge, Mark</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Adjoint-based design optimizations are usually computationally expensive and those costs scale with resolution. To address this, researchers have proposed machine learning approaches for inverse design that can predict higher-resolution solutions from lower cost/resolution ones. Due to the recent success of diffusion models over traditional generative models, we extend the use of diffusion models for multi-resolution tasks by proposing the conditional cascaded diffusion model (cCDM). Compared to GANs, cCDM is more stable to train, and each diffusion model within the cCDM can be trained independently, thus each model’s parameters can be tuned separately to maximize the performance of the pipeline. Our study compares cCDM against a cGAN model with transfer learning.&lt;/p&gt; &lt;p&gt;Our results demonstrate that the cCDM excels in capturing finer details, preserving volume fraction constraints, and minimizing compliance errors in multi-resolution tasks when a sufficient amount of high-resolution training data (more than 102 designs) is available. Furthermore, we explore the impact of training data size on the performance of both models. While both models show decreased performance with reduced high-resolution training data, the cCDM loses its superiority to the cGAN model with transfer learning when training data is limited (less than 102), and we show the break-even point for this transition. Also, we highlight that while the diffusion model may achieve better pixel-wise performance in both low-resolution and high-resolution scenarios, this does not necessarily guarantee that the model produces optimal compliance error or constraint satisfaction.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1943699</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Society of Mechanical Engineers</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>