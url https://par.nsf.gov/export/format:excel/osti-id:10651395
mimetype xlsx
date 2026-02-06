--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10651395</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202554923</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>CAPOS: The bulge Cluster APOgee Survey: VIII. Final ASPCAP results for all clusters</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Geisler, Doug; Muñoz, Cesar (ORCID:0000000281293487); Villanova, Sandro (ORCID:0000000162051493); Cohen, Roger E (ORCID:0000000229707435); Minniti, Dante (ORCID:000000027064099X); Monachesi, Antonela (ORCID:0000000323259616); Majewski, Steven R; Kunder, Andrea (ORCID:0000000228081370); Barbuy, Beatriz (ORCID:0000000192644417); Cunha, Katia; Smith, Verne; Montecinos, Carolina (ORCID:0009000185607519); Haro_Moya, Wisthon (ORCID:0000000336426903); Barrera, Nicolas (ORCID:000900081489972X); Blaña, Matias (ORCID:0000000321390944)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>703</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A267</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;italic&gt;Context.&lt;/italic&gt;Bulge globular clusters (BGCs) are exceptional tracers of the formation and chemodynamical evolution of this oldest Galactic component. Until now, observational difficulties have prevented us from taking full advantage of these powerful Galactic archeological tools.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Aims.&lt;/italic&gt;The bulge Cluster APOgee Survey (CAPOS) addresses this key topic by observing a large number of BGCs, most of which have been poorly studied until now. We aim to obtain accurate mean values for metallicity, [&lt;italic&gt;α&lt;/italic&gt;/Fe], and radial velocity, as well as abundances for eleven other elements. Here, we present final parameters based on the APOGEE Stellar Parameter and Chemical Abundances Pipeline (ASPCAP) for all 18 CAPOS BGCs.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Methods.&lt;/italic&gt;We used atmospheric parameters, abundances, and velocities from ASPCAP in DR17.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Results.&lt;/italic&gt;First, we carried out a stringent selection of cluster members, finding a total of 303 with a spectral signal-to-noise value of S/N&gt;70 and an additional 125 with a lower S/N. We confirmed the result of prior ASPCAP multiple population studies, namely, that stars with high [N/Fe] abundances show higher [Fe/H] than their lower [N/Fe] counterparts. Furthermore, the Mg, Ca, and global&lt;italic&gt;α&lt;/italic&gt;abundances exhibit similar trends, while Si is well-behaved. The [Fe/H] value of these second-population stars was corrected to derive the mean metallicity. Mean metallicities were determined to a precision of 0.05 dex, [&lt;italic&gt;α&lt;/italic&gt;/Fe] to 0.06 dex, and radial velocity to 3.4 km/s. No clusters displayed any strong evidence of internal metallicity variations, including M22. Abundances for eleven other elements using only first-population stars were calculated. Our values are shown to be in good general agreement with the literature. We developed a new chemodynamical GC classification scheme, synthesizing the results of several recent studies. We also compiled a set of up-to-date metallicities. The BGC metallicity distribution is bimodal, with peaks near [Fe/H] = −0.45, and −1.1, with the metal-poor peak displaying a strong dominance. The entire in situ sample, including disk and BGCs, displays the same bimodality, while ex situ GCs are unimodal, with a peak around −1.6. Surprisingly, we see only a small and statistically insignificant difference in the mean [Si/Fe] of in situ and ex situ GCs. The four GCs with the lowest [Si/Fe] values are all ex situ and relatively young, with three belonging to Sagittarius; no other correlations are evident.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2009836; 2408324</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics, Volume 703, id.A267, 21 pp.</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>