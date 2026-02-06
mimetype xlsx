--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,174 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...122 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -188,185 +65,307 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10651645</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/MASS66014.2025.00111</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>PA-JJAMA: An LLM Based Intrusion Detection System for CAN Bus Networks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Quintano, Joshua [Oakland University,School of Engineering and Computer Science,Rochester,United States]; Qiang, Yao [Oakland University,School of Engineering and Computer Science,Rochester,United States]; Fu, Huirong [Oakland University,School of Engineering and Computer Science,Rochester,United States]</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-10-06T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>682 to 687</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Recent studies have demonstrated significant success in detecting attacks on the Controller Area Network (CAN) bus network using machine learning and deep learning models,
+including convolutional neural networks and transformer-based architectures. Building on this foundation, our work investigates the use of large language models (LLMs) not only for intrusion detection but also for providing interpretable explanations of their decisions. We fine-tuned three LLMs, i.e., SecureBERT, LLaMA-2, and LLaMA-3, for intrusion detection on CAN bus data. Among them, LLaMA-3 delivered the best results, achieving SOTA performance on the Car-Hacking dataset. Beyond attack classification, we evaluated LLaMA-3’s ability to generate reasoning for its decisions through zero-shot prompting. The model successfully articulated its rationale, particularly for Denial-of-
+Service (DoS) attacks, demonstrating strong potential for explainability in intrusion detection systems. These findings highlight the potential of LLMs to serve as a highly accurate intrusion detection system while simultaneously providing interpretable explanations, thereby enhancing the investigative capabilities of cybersecurity professionals.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2146280</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Chicago, IL, USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>