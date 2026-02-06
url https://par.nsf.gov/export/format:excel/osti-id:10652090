--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10652090</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1088/1475-7516/2025/11/063</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Atacama Cosmology Telescope: DR6 constraints on extended cosmological models</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Calabrese, Erminia (ORCID:0000000308370068); Hill, J Colin (ORCID:0000000295390835); Jense, Hidde T (ORCID:0000000294290015); La_Posta, Adrien (ORCID:0000000226132445); Abril-Cabezas, Irene (ORCID:0000000332304589); Addison, Graeme E (ORCID:0000000221472248); Ade, Peter AR (ORCID:0000000251270401); Aiola, Simone (ORCID:0000000210351854); Alford, Tommy; Alonso, David (ORCID:0000000245989719); Amiri, Mandana (ORCID:0000000165239029); An, Rui; Atkins, Zachary (ORCID:0000000222871603); Austermann, Jason E (ORCID:0000000263380069); Barbavara, Eleonora; Barbieri, Nicola (ORCID:0009000770847564); Battaglia, Nicholas (ORCID:0000000158460411); Battistelli, Elia Stefano (ORCID:0000000152107625); Beall, James A (ORCID:0000000312636738); Bean, Rachel (ORCID:000900043640061X); Beheshti, Ali (ORCID:0009000391958627); Beringue, Benjamin (ORCID:0000000195716148); Bhandarkar, Tanay (ORCID:0000000229711776); Biermann, Emily (ORCID:0000000228409794); Bolliet, Boris (ORCID:0000000349227401); Bond, J Richard (ORCID:0000000323589949); Capalbo, Valentina (ORCID:0000000216683403); Carrero, Felipe; Chen, Shi-Fan; Chesmore, Grace (ORCID:0000000167020450); Cho, Hsiao-mei (ORCID:0000000239212313); Choi, Steve K (ORCID:0000000291137058); Clark, Susan E (ORCID:0000000276333376); Cothard, Nicholas F (ORCID:0000000261516292); Coughlin, Kevin; Coulton, William (ORCID:0000000212973673); Crichton, Devin (ORCID:0000000312043035); Crowley, Kevin T (ORCID:0000000150681295); Darwish, Omar (ORCID:0000000329461866); Devlin, Mark J (ORCID:0000000231699761); Dicker, Simon (ORCID:0000000219404289); Duell, Cody J (ORCID:0000000263181924); Duff, Shannon M (ORCID:0000000296934478); Duivenvoorden, Adriaan J (ORCID:0000000328562382); Dunkley, Jo (ORCID:0000000274502586); Dunner, Rolando (ORCID:0000000338921860); Embil_Villagra, Carmen (ORCID:0009000139877104); Fankhanel, Max; Farren, Gerrit S (ORCID:0000000157041127); Ferraro, Simone (ORCID:0000000349927854); Foster, Allen (ORCID:0000000271451824); Freundt, Rodrigo (ORCID:000000028169538X); Fuzia, Brittany; Gallardo, Patricio A (ORCID:0000000197313617); Garrido, Xavier (ORCID:0000000270885831); Gerbino, Martina (ORCID:0000000235381283); Giardiello, Serena (ORCID:0000000283403715); Gill, Ajay (ORCID:0000000239374662); Givans, Jahmour (ORCID:0000000258706108); Gluscevic, Vera (ORCID:0000000235898637); Goldstein, Samuel (ORCID:000000033155245X); Golec, Joseph E (ORCID:0000000244210267); Gong, Yulin (ORCID:000000034624795X); Guan, Yilun (ORCID:0000000216973080); Halpern, Mark (ORCID:0000000217600868); Harrison, Ian (ORCID:0000000244370770); Hasselfield, Matthew (ORCID:0000000224089201); He, Adam (ORCID:0000000325015842); Healy, Erin (ORCID:0000000237574898); Henderson, Shawn (ORCID:0000000178784229); Hensley, Brandon (ORCID:0000000174494638); Hervías-Caimapo, Carlos (ORCID:0000000247653426); Hilton, Gene C (ORCID:000000034247467X); Hilton, Matt (ORCID:0000000284908117); Hincks, Adam D (ORCID:0000000316906678); Hložek, Renée (ORCID:0000000209657864); Ho, Shuay-Pwu Patty; Hood, John (ORCID:0000000341574185); Hornecker, Erika (ORCID:0009000483142043); Huber, Zachary B (ORCID:0000000345734094); Hubmayr, Johannes (ORCID:0000000227819302); Huffenberger, Kevin M (ORCID:0000000171090099); Hughes, John P (ORCID:0000000288166800); Ikape, Margaret; Irwin, Kent (ORCID:0000000229989743); Isopi, Giovanni (ORCID:0000000284580588); Joshi, Neha (ORCID:0000000334678621); Keller, Ben (ORCID:0000000229787957); Kim, Joshua (ORCID:0000000209353270); Knowles, Kenda (ORCID:0000000284520825); Koopman, Brian J (ORCID:0000000307442808); Kosowsky, Arthur (ORCID:000000023734331X); Kramer, Darby (ORCID:0000000302388806); Kusiak, Aleksandra (ORCID:0000000210487970); Laguë, Alex (ORCID:0000000346426720); Lakey, Victoria; Lattanzi, Massimiliano (ORCID:0000000310592532); Lee, Eunseong; Li, Yaqiong; Li, Zack (ORCID:0000000203099750); Limon, Michele (ORCID:0000000259002698); Lokken, Martine (ORCID:000000015917955X); Louis, Thibaut (ORCID:0000000268494217); Lungu, Marius; MacCrann, Niall; MacInnis, Amanda (ORCID:0009000589248559); Madhavacheril, Mathew S (ORCID:0000000167405350); Maldonado, Diego; Maldonado, Felipe; Mallaby-Kay, Maya (ORCID:0000000220183807); Marques, Gabriela A; van_Marrewijk, Joshiwa (ORCID:0000000198303103); McCarthy, Fiona; McMahon, Jeff (ORCID:0000000272454541); Mehta, Yogesh; Menanteau, Felipe (ORCID:0000000213722534); Moodley, Kavilan (ORCID:0000000166067142); Morris, Thomas W (ORCID:000000025564997X); Mroczkowski, Tony (ORCID:0000000338165372); Naess, Sigurd (ORCID:0000000244787111); Namikawa, Toshiya (ORCID:0000000330709240); Nati, Federico (ORCID:0000000283075088); Nerval, Simran K (ORCID:0009000600762613); Newburgh, Laura (ORCID:0000000273335552); Nicola, Andrina (ORCID:0000000327926252); Niemack, Michael D (ORCID:0000000171253580); Nolta, Michael R; Orlowski-Scherer, John (ORCID:0000000318428104); Pagano, Luca (ORCID:0000000318205998); Page, Lyman A (ORCID:0000000298283525); Pandey, Shivam; Partridge, Bruce (ORCID:0000000165419265); Perez_Sarmiento, Karen (ORCID:0009000274522314); Prince, Heather (ORCID:0000000300281546); Puddu, Roberto (ORCID:000000022799512X); Qu, Frank J (ORCID:0000000178051068); Ragavan, Damien C (ORCID:0000000306708387); Ried_Guachalla, Bernardita (ORCID:0000000204186258); Rogers, Keir K; Rojas, Felipe; Sakuma, Tai (ORCID:0000000332259861); Schaan, Emmanuel (ORCID:0000000246198927); Schmitt, Benjamin L; Sehgal, Neelima (ORCID:0000000296744527); Shaikh, Shabbir (ORCID:0000000167310351); Sherwin, Blake D (ORCID:0000000244951356); Sierra, Carlos; Sievers, Jon (ORCID:0000000169035074); Sifón, Cristóbal (ORCID:0000000281491352); Simon, Sara; Sonka, Rita (ORCID:0000000211879781); Spergel, David N (ORCID:0000000251510006); Staggs, Suzanne T (ORCID:0000000270207301); Storer, Emilie (ORCID:0000000315929659); Surrao, Kristen (ORCID:0000000276116179); Switzer, Eric R (ORCID:0000000224146886); Tampier, Niklas; Thiele, Leander (ORCID:0000000329119163); Thornton, Robert; Trac, Hy (ORCID:0000000167783861); Tucker, Carole (ORCID:0000000218513918); Ullom, Joel (ORCID:0000000324864025); Vale, Leila R (ORCID:0000000185612580); Van_Engelen, Alexander (ORCID:000000023495158X); Van_Lanen, Jeff; Vargas, Cristian (ORCID:0000000153271400); Vavagiakis, Eve M (ORCID:0000000221057589); Wagoner, Kasey (ORCID:0000000160075782); Wang, Yuhan (ORCID:0000000287100914); Wenzl, Lukas (ORCID:0000000152452058); Wollack, Edward J (ORCID:0000000275674451); Zheng, Kaiwen</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>The_Atacama_Cosmology_Telescope_collaboration</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Cosmology and Astroparticle Physics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>063</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1475-7516</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We use new cosmic microwave background (CMB) primary temperature and polarization anisotropy measurements from the Atacama Cosmology Telescope (ACT) Data Release 6 (DR6) to test foundational assumptions of the standard cosmological model, ΛCDM, and set constraints on extensions to it. We derive constraints from the ACT DR6 power spectra alone, as well as in combination with legacy data from the&lt;italic&gt;Planck&lt;/italic&gt;mission. To break geometric degeneracies, we include ACT and&lt;italic&gt;Planck&lt;/italic&gt;CMB lensing data and baryon acoustic oscillation data from DESI Year-1. To test the dependence of our results on non-ACT data, we also explore combinations replacing&lt;italic&gt;Planck&lt;/italic&gt;with&lt;italic&gt;WMAP&lt;/italic&gt;and DESI with BOSS, and further add supernovae measurements from Pantheon+ for models that affect the late-time expansion history. We verify the near-scale-invariance (running of the spectral index&lt;italic&gt;dn&lt;sub&gt;s&lt;/sub&gt;&lt;/italic&gt;/&lt;italic&gt;d&lt;/italic&gt;ln&lt;italic&gt;k&lt;/italic&gt;= 0.0062 ± 0.0052) and adiabaticity of the primordial perturbations. Neutrino properties are consistent with Standard Model predictions: we find no evidence for new light, relativistic species that are free-streaming (&lt;italic&gt;N&lt;/italic&gt;&lt;sub&gt;eff&lt;/sub&gt;= 2.86 ± 0.13, which combined with astrophysical measurements of primordial helium and deuterium abundances becomes&lt;italic&gt;N&lt;/italic&gt;&lt;sub&gt;eff&lt;/sub&gt;= 2.89 ± 0.11), for non-zero neutrino masses (∑&lt;italic&gt;m&lt;sub&gt;ν&lt;/sub&gt;&lt;/italic&gt;&lt; 0.089 eV at 95% CL), or for neutrino self-interactions. We also find no evidence for self-interacting dark radiation (&lt;italic&gt;N&lt;/italic&gt;&lt;sub&gt;idr&lt;/sub&gt;&lt; 0.134), or for early-universe variation of fundamental constants, including the fine-structure constant (&lt;italic&gt;α&lt;/italic&gt;&lt;sub&gt;EM&lt;/sub&gt;/&lt;italic&gt;α&lt;/italic&gt;&lt;sub&gt;EM,0&lt;/sub&gt;= 1.0043 ± 0.0017) and the electron mass (&lt;italic&gt;m&lt;sub&gt;e&lt;/sub&gt;&lt;/italic&gt;/&lt;italic&gt;m&lt;sub&gt;e,0&lt;/sub&gt;&lt;/italic&gt;= 1.0063 ± 0.0056). Our data are consistent with standard big bang nucleosynthesis (we find&lt;italic&gt;Y&lt;sub&gt;p&lt;/sub&gt;&lt;/italic&gt;= 0.2312 ± 0.0092), the&lt;italic&gt;COBE/FIRAS&lt;/italic&gt;-inferred CMB temperature (we find&lt;italic&gt;T&lt;/italic&gt;&lt;sub&gt;CMB&lt;/sub&gt;= 2.698 ± 0.016 K), a dark matter component that is collisionless and with only a small fraction allowed as axion-like particles, a cosmological constant (&lt;italic&gt;w&lt;/italic&gt;= -0.986 ± 0.025), and the late-time growth rate predicted by general relativity (&lt;italic&gt;γ&lt;/italic&gt;= 0.663 ± 0.052). We find no statistically significant preference for a departure from the baseline ΛCDM model. In fits to models invoking early dark energy, primordial magnetic fields, or an arbitrary modified recombination history, we find&lt;italic&gt;H&lt;/italic&gt;&lt;sub&gt;0&lt;/sub&gt;= 69.9&lt;sup&gt;+0.8&lt;/sup&gt;&lt;sub&gt;-1.5&lt;/sub&gt;, 69.1 ± 0.5, or 69.6 ± 1.0 km/s/Mpc, respectively; using BOSS instead of DESI BAO data reduces the central values of these constraints by 1–1.5 km/s/Mpc while only slightly increasing the error bars. In general, models introduced to increase the Hubble constant or to decrease the amplitude of density fluctuations inferred from the primary CMB are not favored over ΛCDM by our data.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108126</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>JCAP</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>