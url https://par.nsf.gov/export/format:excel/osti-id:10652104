--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,173 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...121 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -187,185 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10652104</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1038/s41699-025-00634-5</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Enhanced polarizability and tunable diamagnetic shift from monolayer WSe2 on relaxor ferroelectric</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhou, Qiaohui; Wang, Fei; Soleymani, Ali; Watanabe, Kenji; Taniguchi, Takashi; Wei, Jiang; Lu, Xin</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-11-21T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>npj 2D Materials and Applications</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2397-7132</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract
+Strain modulation is a crucial way in engineering nanoscale materials. It is even more important for single photon emitters in layered materials, where strain can trap a delocalized exciton, leading to quantum emission. Herein, we apply strain by using the piezoelectric relaxor ferroelectric substrate. In addition to the strain-tuning of energy and polarization, we report on new observations, including the enhanced polarizability and tunable diamagnetic shift, from the charged localized excitons. As indicated from the polarization-resolved measurements, we attribute the formation of charged localized excitons to selenium vacancy defects. The shallow defect trap, supported by the value of g-factor, further allows for strain-modulation of the electron-hole overlap, hence resulting in the tunable diamagnetic shift. Our results provide a new perspective in integrating layered materials with functional substrates. The contrasting features observed from the charged localized excitons also signify the prospect of charged localized emitters for quantum science and technology.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1752997</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Nature Publishing Group</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>