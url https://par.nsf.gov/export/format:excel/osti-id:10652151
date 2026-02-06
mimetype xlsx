--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10652151</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/addfda</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Seasonal Changes in the Atmosphere of HD 80606 b Observed with JWST’s NIRSpec/G395H</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Sikora, James T (ORCID:0000000235225846); Rowe, Jason F (ORCID:0000000259041865); Splinter, Jared (ORCID:000000019987467X); Barat, Saugata (ORCID:0009000061130157); Dang, Lisa (ORCID:0000000349876591); Cowan, Nicolas B (ORCID:0000000161295699); Barclay, Thomas (ORCID:0000000171392724); Colón, Knicole D (ORCID:0000000180207121); Désert, Jean-Michel (ORCID:0000000208758401); Kane, Stephen R (ORCID:0000000270840529); Llama, Joe (ORCID:0000000344500368); Shivkumar, Hinna (ORCID:0000000192890570); Stassun, Keivan G (ORCID:0000000234819052); Quintana, Elisa V (ORCID:0000000313092904)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-23T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>170</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>105</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;High-eccentricity gas giant planets serve as unique laboratories for studying the thermal and chemical properties of H/He-dominated atmospheres. One of the most extreme cases is HD 80606 b—a hot Jupiter orbiting a Sun-like star with an eccentricity of 0.93—which experiences an increase in incident flux of nearly 3 orders of magnitude as the star–planet separation decreases from 0.88 au at apoastron to 0.03 au at periastron. We observed the planet’s periastron passage using JWST’s NIRSpec/G395H instrument (2.8–5.2&lt;italic&gt;μ&lt;/italic&gt;m) during a 21 hr window centered on the eclipse. We find that, as the planet passes through periastron, its emission spectrum transitions from a featureless blackbody to one in which CO, CH&lt;sub&gt;4&lt;/sub&gt;, and H&lt;sub&gt;2&lt;/sub&gt;O absorption features are visible. We detect CH&lt;sub&gt;4&lt;/sub&gt;during postperiapse phases at 4.1–10.7&lt;italic&gt;σ&lt;/italic&gt;depending on the phase and on whether a flux offset is included to account for NRS1 detector systematics. Following periapse, H&lt;sub&gt;2&lt;/sub&gt;O and CO are also detected at 4.2–5.5&lt;italic&gt;σ&lt;/italic&gt;and 3.7–4.4&lt;italic&gt;σ&lt;/italic&gt;, respectively. Furthermore, we rule out the presence of a strong temperature inversion near the IR photosphere based on the lack of obvious emission features throughout the observing window. General circulation models had predicted an inversion during periapse passage. Our study demonstrates the feasibility of studying hot Jupiter atmospheres using partial phase curves obtained with NIRSpec/G395H.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2009343</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Insitute of Physics</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>