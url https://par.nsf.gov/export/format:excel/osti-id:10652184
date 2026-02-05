--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10652184</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3776542</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Deconstructing Conceptions of Rigor in Computer Science Education</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Everson, Jayne (ORCID:0000000270907500); Kivuva, F Megumi (ORCID:0009000289354472); Sherif, Eman (ORCID:0009000027362499); Oleson, Alannah (ORCID:000000022164365X); Ko, Amy (ORCID:0000000174614783)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-11-11T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Computing Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1946-6226</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;bold&gt;Objectives&lt;/bold&gt;In calls for excellent and equitable Computer Science (CS) education, the word&lt;italic toggle='yes'&gt;rigor&lt;/italic&gt;often appears, but it often goes undefined. The goal of this work is to understand how CS teachers, instructors, and students conceive of rigor.&lt;/p&gt; &lt;p&gt;&lt;bold&gt;Research Questions:&lt;/bold&gt;1) What do CS instructors think rigor is? and 2) What do students think rigor is?&lt;/p&gt; &lt;p&gt;&lt;bold&gt;Methods:&lt;/bold&gt;Using the principles of phenomenological research, we conducted a semi-structured interview study with 10 post-secondary CS students, 10 secondary CS teachers, and 9 post-secondary CS instructors, to understand their conceptions of rigor.&lt;/p&gt; &lt;p&gt;&lt;bold&gt;Results:&lt;/bold&gt;Analysis showed that no participants had the same understanding of rigor. We found that participants had abstract&lt;italic toggle='yes'&gt;Principles of Rigor&lt;/italic&gt;which included: Precision, Systematic Thought Process, Depth of Understanding, and Challenge. They also had concrete&lt;italic toggle='yes'&gt;Observations of Rigor&lt;/italic&gt;that included Time and Effort, Intrinsic Drive, Productive Failure, Struggle, Outcomes, and Gatekeeping. Participants also shared&lt;italic toggle='yes'&gt;Conditions for Rigor&lt;/italic&gt;which included Expectations, Standards, Community Support, and Resources.&lt;/p&gt; &lt;p&gt;&lt;bold&gt;Implications:&lt;/bold&gt;Our data supports prior work that educators are using different definitions of rigor. This implies that each educator holds different expectations for students, without necessarily communicating these expectations to their students. In the best case, this might confuse students; in the worst case, it reinforces hegemonic norms which can lead to gatekeeping which prevents students from fully participating in the CS field. Based on these insights, we argue that to commit to the idea of quality CS learning, the community must discard the use of this concept of rigor to justify student learning and re-imagine alternate benchmarks.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2031265</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>