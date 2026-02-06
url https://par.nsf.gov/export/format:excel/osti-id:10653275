--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10653275</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3734477.3734719</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Standing Firm in 5G: A Single-Round, Dropout-Resilient Secure Aggregation for Federated Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhang, Yiwei (ORCID:0000000321888865); Behnia, Rouzbeh (ORCID:0000000304237606); Karim, Imtiaz (ORCID:0009000086809932); Yavuz, Attila A (ORCID:0000000286809307); Bertino, Elisa (ORCID:0000000240297051)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>280 to 285</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Federated learning (FL) is well-suited to 5G networks, where many mobile devices generate sensitive edge data. Secure aggregation protocols enhance privacy in FL by ensuring that individual user updates reveal no information about the underlying client data. However, the dynamic and large-scale nature of 5G-marked by high mobility and frequent dropouts-poses significant challenges to the effective adoption of these protocols. Existing protocols often require multi-round communication or rely on fixed infrastructure, limiting their practicality. We propose a lightweight, single-round secure aggregation protocol designed for 5G environments. By leveraging base stations for assisted computation and incorporating precomputation, key-homomorphic pseudorandom functions, and t-out-of-k secret sharing, our protocol ensures efficiency, robustness, and privacy. Experiments show strong security guarantees and significant gains in communication and computation efficiency, making the approach well-suited for real-world 5G FL deployments.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2444615</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>