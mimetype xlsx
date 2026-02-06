--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10653276</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/TDSC.2025.3568704</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Efficient Full-Stack Private Federated Deep Learning With Post-Quantum Security</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhang, Yiwei [Purdue University, West Lafayette, IN, USA] (ORCID:0000000321888865); Behnia, Rouzbeh [University of South Florida, Tampa, FL, USA] (ORCID:0000000304237606); Yavuz, Attila Altay [University of South Florida, Tampa, FL, USA] (ORCID:0000000286809307); Ebrahimi, Reza [University of South Florida, Tampa, FL, USA] (ORCID:0000000313673338); Bertino, Elisa [Purdue University, West Lafayette, IN, USA] (ORCID:0000000240297051)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Transactions on Dependable and Secure Computing</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>5567 to 5583</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1545-5971</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Federated learning (FL) enables collaborative model training while preserving user data privacy by keeping data local. Despite these advantages, FL remains vulnerable to privacy attacks on user updates and model parameters during training and deployment. Secure aggregation protocols have been proposed to protect user updates by encrypting them, but these methods often incur high computational costs and are not resistant to quantum computers. Additionally, differential privacy (DP) has been used to mitigate privacy leakages, but existing methods focus on secure aggregation or DP, neglecting their potential synergies. To address these gaps, we introduce Beskar, a novel framework that provides post-quantum secure aggregation, optimizes computational overhead for FL settings, and defines a comprehensive threat model that accounts for a wide spectrum of adversaries. We also integrate DP into different stages of FL training to enhance privacy protection in diverse scenarios. Our framework provides a detailed analysis of the trade-offs between security, performance, and model accuracy, representing the first thorough examination of secure aggregation protocols combined with various DP approaches for post-quantum secure FL. Beskar aims to address the pressing privacy and security issues FL while ensuring quantum-safety and robust performance.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2444615</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>