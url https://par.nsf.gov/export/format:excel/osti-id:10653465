--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10653465</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3757651</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Research and/as Relation: Documenting Experiences of Community-Collaborative Researchers in HCI</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tang, Joice (ORCID:0000000347505965); Ghoshal, Sucheta (ORCID:0000000299907221)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-10-18T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Human-Computer Interaction</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 30</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2573-0142</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Community-collaborative approaches (CCA) have been proposed as more equitable ways to engage communities in research, as they urge researchers to commit to long-term relationships with community members than with other participatory methods. However, the normative structures of HCI and computing research can present challenges in pursuing CCA for the researchers and community partners involved. This paper offers insights into: i) how research and relation impact each other, and ii) how we can conceptualize research as a mode of relation. We present our findings from eighteen semi-structured interviews with community-collaborative researchers in computing and HCI. We then ground our paper in theories of relation and relationality from Caribbean thought, Black studies, and Indigenous scholarship to apply a conceptual framework of relation to our findings. Through this work, we aim to interrogate what it means to center relationality in CCA, beyond and within the development of scientific research.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2310515</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Human-Computer Interaction (PACM HCI)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>