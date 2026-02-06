--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10653471</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1021/acs.nanolett.5c03367</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Gate-Tunable Electroresistance in a Sliding Ferroelectric Tunnel Junction</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Vareskic, Bozo; Kennedy, Finn G; Taniguchi, Takashi (ORCID:0000000214673105); Watanabe, Kenji (ORCID:0000000337018119); Yasuda, Kenji (ORCID:0000000348940205); Ralph, Daniel C (ORCID:0000000230260335)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-12-10T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nano Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1530-6984</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We fabricate and measure electrically-gated tunnel junctions in which the insulating barrier is a sliding van der Waals ferroelectric made from parallel-stacked bilayer hexagonal boron nitride and the electrodes are single-layer graphene. Despite the nominally-symmetric tunnel-junction structure, these devices can exhibit substantial electroresistance upon reversing the ferroelectric polarization. The magnitude and sign of tunneling electroresistance are tunable by bias and gate voltage. We show that this behavior can be understood within a simple tunneling model that takes into account the quantum capacitance of the graphene electrodes, so that the tunneling densities of states in the electrodes are separately modified as a function of bias and gate voltage.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2104268</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Chemical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>