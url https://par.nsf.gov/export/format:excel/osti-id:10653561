--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10653561</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/2041-8213/adfe52</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Early Shock Cooling Observations and Progenitor Constraints of Type IIb Supernova SN 2024uwq</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Subrayan, Bhagya M (ORCID:0000000180738731); Sand, David J (ORCID:000000034102380X); Bostroem, K Azalee (ORCID:000000024924444X); Jha, Saurabh W (ORCID:0000000187386011); Ravi, Aravind P (ORCID:0000000273527845); Schwab, Michaela (ORCID:0009000250961689); Andrews, Jennifer E (ORCID:0000000301230062); Hosseinzadeh, Griffin (ORCID:0000000208322974); Valenti, Stefano (ORCID:0000000188180795); Dong_董, Yize 一泽 (ORCID:0000000279376371); Pearson, Jeniveve (ORCID:0000000207440047); Shrestha, Manisha (ORCID:0000000240221874); Kwok, Lindsey A (ORCID:0000000331081328); Hoang, Emily (ORCID:0000000327444755); Rho, Jeonghee (ORCID:000000033643839X); Park, Seong Hyun (ORCID:0000000174884337); Yoon, Sung-Chul (ORCID:0000000258478096); Geballe, T R (ORCID:0000000328243875); Haislip, Joshua (ORCID:000000026703805X); Janzen, Daryl (ORCID:0000000305493281); Kouprianov, Vladimir (ORCID:0000000336425484); Mehta, Darshana (ORCID:0009000896934348); Meza_Retamal, Nicolás (ORCID:0000000270153446); Reichart, Daniel E (ORCID:0000000250603673); Andrews, Moira (ORCID:0000000218956639); Farah, Joseph (ORCID:0000000349145625); Newsome, Megan (ORCID:0000000195700584); Howell, D Andrew (ORCID:000000034253656X); McCully, Curtis (ORCID:0000000158077893)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-09-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>990</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>L68</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-8205</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present early multiwavelength photometric and spectroscopic observations of the Type IIb supernova SN 2024uwq, capturing its shock-cooling emission phase and double-peaked light-curve evolution. Early spectra reveal broad H&lt;italic&gt;α&lt;/italic&gt;(&lt;italic&gt;v&lt;/italic&gt; ∼ 15,500 km s&lt;sup&gt;−1&lt;/sup&gt;) and He&lt;sc&gt;I&lt;/sc&gt;P Cygni profiles of similar strengths. Over time the He&lt;sc&gt;I&lt;/sc&gt;lines increase in strength while the H&lt;italic&gt;α&lt;/italic&gt;decreases, consistent with a hydrogen envelope (&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;env&lt;/sub&gt; = 0.7–1.35&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;) overlying helium-rich ejecta. Analytic modeling of early shock cooling emission and bolometric light analysis constrains the progenitor to a partially stripped star with radius&lt;italic&gt;R&lt;/italic&gt; = 10–60&lt;italic&gt;R&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;, consistent with a blue/yellow supergiant with an initial zero-age main-sequence mass of 12–20&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;likely stripped via binary interaction. SN 2024uwq occupies a transitional position between compact and extended Type IIb supernovae, highlighting the role of binary mass transfer efficiency in shaping a continuum of stripped-envelope progenitors. Our results underscore the importance of early UV/optical observations to characterize shock breakout signatures critical to map the diversity in evolutionary pathways of massive stars. Upcoming time-domain surveys, including Rubin Observatory’s LSST and UV missions like ULTRASAT and UVEX, will revolutionize our ability to systematically capture these early signatures, probing the full diversity of stripped progenitors and their explosive endpoints.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1911151; 1911225</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ApJ</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>