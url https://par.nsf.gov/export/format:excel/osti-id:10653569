--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10653569</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/2041-8213/ade155</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Double Tidal Disruption Event AT 2022dbl Implies that at Least Some “Standard” Optical Tidal Disruption Events Are Partial Disruptions</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Makrygianni, Lydia (ORCID:0000000274664868); Arcavi, Iair (ORCID:0000000170904898); Newsome, Megan (ORCID:0000000195700584); Bandopadhyay, Ananya (ORCID:000000025116844X); Coughlin, Eric R (ORCID:0000000337656401); Linial, Itai (ORCID:0000000283041988); Mockler, Brenna (ORCID:0000000163508168); Quataert, Eliot (ORCID:0000000191855044); Nixon, Chris (ORCID:0000000221374146); Godson, Benjamin (ORCID:0000000337667266); Pursiainen, Miika (ORCID:0000000346634300); Leloudas, Giorgos (ORCID:0000000285970756); French, K Decker (ORCID:0000000242357337); Zitrin, Adi (ORCID:0000000203504488); Faris, Sara (ORCID:0009000784851281); Lam, Marco C (ORCID:0000000293472298); Horesh, Assaf (ORCID:0000000259361156); Sfaradi, Itai (ORCID:0000000304663779); Fausnaugh, Michael (ORCID:0000000291137162); Nakar, Ehud (ORCID:0000000245347089); Ackley, Kendall (ORCID:0000000286480767); Andrews, Moira (ORCID:0000000218956639); Charalampopoulos, Panos (ORCID:0000000203266715); Davies, Benjamin_D R (ORCID:0009000056599006); Dgany, Yael (ORCID:0000000275791105); Dyer, Martin J (ORCID:0000000336655482); Farah, Joseph (ORCID:0000000349145625); Fender, Rob; Green, David A (ORCID:0000000331899998); Howell, D Andrew (ORCID:000000034253656X); Killestein, Thomas (ORCID:0000000204409597); Koivisto, Niilo (ORCID:0009000771517313); Lyman, Joseph (ORCID:0000000234640642); McCully, Curtis (ORCID:0000000158077893); Mitchell, Morgan A (ORCID:0009000461307775); Padilla_Gonzalez, Estefania (ORCID:0000000302099246); Rhodes, Lauren (ORCID:0000000327054941); Sahu, Anwesha; Terreran, Giacomo (ORCID:0000000307945982); Warwick, Ben (ORCID:0009000583793871)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>987</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>L20</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-8205</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Flares produced following the tidal disruption of stars by supermassive black holes can reveal the properties of the otherwise dormant majority of black holes and the physics of accretion. In the past decade, a class of optical-ultraviolet tidal disruption flares has been discovered whose emission properties do not match theoretical predictions. This has led to extensive efforts to model the dynamics and emission mechanisms of optical-ultraviolet tidal disruptions in order to establish them as probes of supermassive black holes. Here we present the optical-ultraviolet tidal disruption event AT 2022dbl, which showed a nearly identical repetition 700 days after the first flare. Ruling out gravitational lensing and two chance unrelated disruptions, we conclude that at least the first flare represents the partial disruption of a star, possibly captured through the Hills mechanism. Since both flares are typical of the optical-ultraviolet class of tidal disruptions in terms of their radiated energy, temperature, luminosity, and spectral features, it follows that either the entire class are partial rather than full stellar disruptions, contrary to the prevalent assumption, or some members of the class are partial disruptions, having nearly the same observational characteristics as full disruptions. Whichever option is true, these findings could require revised models for the emission mechanisms of optical-ultraviolet tidal disruption flares and a reassessment of their expected rates.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1911151; 1911225</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAS</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>