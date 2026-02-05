--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10653574</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202452864</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>SN 2023xqm: A gradually fading Ia supernova exhibiting isolated high-velocity signatures</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zeng, Xiangyun (ORCID:000000028049202X); Luo, Yijing; Wang, Xiaofeng; Li, Xin (ORCID:0000000158798762); Yang, Yi; Zheng, Sheng; Zeng, Shuguang; Huang, Yao; Li, Sai; Howell, D Andrew; Bostroem, K Azalee; McCully, Curtis; Esamdin, Ali (ORCID:0000000318454900); Andrews, Moira; Farah, Joseph R; Newsome, Megan; Zhang, Haonan; Zhang, Peng; Hu, Lei</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>698</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A70</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;We conducted an exhaustive analysis combining optical photometry and spectroscopy of the type Ia supernova designated SN 2023xqm. Our observational period spanned from the two weeks preceding to 88 days after the&lt;italic&gt;B&lt;/italic&gt;-band peak luminosity time. We determined the peak brightness in the&lt;italic&gt;B&lt;/italic&gt;-band to be −18.90 ± 0.50 mag, and it is accompanied by a moderately slow decay rate of 0.90 ± 0.07 mag. The maximum quasi-bolometric luminosity was estimated to be 1.52 × 10&lt;sup&gt;43&lt;/sup&gt;erg s&lt;sup&gt;−1&lt;/sup&gt;and correlated with a calculated&lt;sup&gt;56&lt;/sup&gt;Ni mass of 0.74 ± 0.05&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;, aligning with the modestly reduced rate of light curve decay. A plateau that can be observed in the&lt;italic&gt;r&lt;/italic&gt; − &lt;italic&gt;i&lt;/italic&gt;color curve might correlate with the minor elevation noted between the principal and secondary peaks of the&lt;italic&gt;i&lt;/italic&gt;-band light curve. An initial spectral analysis of SN 2023xqm revealed distinct high-velocity features (HVFs) in Ca &lt;sc&gt;II&lt;/sc&gt;that contrast with the subdued HVFs observed in Si &lt;sc&gt;II&lt;/sc&gt;. Such attributes may stem from variations in ionization or temperature or from scenarios involving enhanced element abundance, suggesting a naturally lower photospheric temperature for SN 2023xqm, which could be indicative of incomplete burning during the white dwarf’s detonation. The observed traits in the light curve and the spectral features offer significant insights into the variability among type Ia supernovae and their explosion dynamics.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1911225</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>A&amp;A</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>