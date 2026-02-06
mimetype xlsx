--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10653584</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/adb3a4</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>SN 2021hpr: A Normal Type Ia Supernova Showing Excess Emission in the Early Rising Phase</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Iskandar, Abdusamatjan (ORCID:0009000392299942); Wang, Xiaofeng (ORCID:0000000273342357); Esamdin, Ali; Zeng, Xiangyun; Pellegrino, Craig; Yan, Shengyu; Liu, Jialian; Filippenko, Alexei V; Howell, D Andrew; McCully, Curtis; Brink, Thomas G; Hu, Maokai; Yang, Yi; Zheng, WeiKang; Lü, Guoliang; Zhang, Jujia; Song, CuiYing; Huang, RuiFeng; Amaro, Rachael C; Bai, Chunhai; Dettman, Kyle G; Galbany, Lluís (ORCID:0000000212966887); Hiramatsu, Daichi (ORCID:0000000211259187); Azalee, Bostroem K; Itagaki, Koichi; Jha, Saurabh W (ORCID:0000000187386011); Ma, Shuguo; Sand, David J (ORCID:000000034102380X); Andrews, Jennifer E (ORCID:0000000301230062); Jencson, Jacob (ORCID:0000000157544007); Milne, Peter (ORCID:000000020370157X); Pearson, Jeniveve (ORCID:0000000207440047); Shrestha, Manisha (ORCID:0000000240221874); Smith, Nathan (ORCID:0000000155102424); Könyves-Tóth, Réka (ORCID:0000000287706764); Wyatt, Samuel; Zhang, Xuan; Yaqup, Shahidin; Wang, Letian; Zhang, Mengfan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-05-08T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>984</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>160</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present extensive optical observations of a nearby Type Ia supernova (SN Ia), SN 2021hpr, located in the spiral galaxy NGC 3147 at a distance of ∼45 Mpc. Our observations cover a phase within ∼1–2 days to ∼290 days after the explosion. SN 2021hpr is found to be a spectroscopically normal SN Ia, with an absolute&lt;italic&gt;B&lt;/italic&gt;-band peak magnitude of&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;max&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo stretchy='false'&gt;(&lt;/mo&gt;&lt;mi&gt;B&lt;/mi&gt;&lt;mo stretchy='false'&gt;)&lt;/mo&gt;&lt;mo&gt;≈&lt;/mo&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;19.16&lt;/mn&gt;&lt;mo&gt;±&lt;/mo&gt;&lt;mn&gt;0.14&lt;/mn&gt;&lt;/math&gt;&lt;/inline-formula&gt;mag and a postpeak decline rate of Δ&lt;italic&gt;m&lt;/italic&gt;&lt;sub&gt;15&lt;/sub&gt;(&lt;italic&gt;B&lt;/italic&gt;) =  1.0 ± 0.01 mag. Early time light curves showed a ∼7.0% excess emission compared to a homogeneously expanding fireball model, likely due to SN ejecta interacting with a companion or immediate circumstellar matter (CSM). The optical spectra of SN 2021hpr are overall similar to those of normal SNe Ia, but characterized by prominent detached high-velocity features (HVFs) of Si&lt;sc&gt;ii&lt;/sc&gt;and Ca&lt;sc&gt;ii&lt;/sc&gt;in the early phase. After examining a small sample of well-observed normal SNe Ia, we find that the HVFs are likely common for the subgroup with early excess emission. The association of an early bump feature with the HVFs could be attributed to density or abundance enhancement at the outer layer of the exploding star, likely as a result of interactions with companion/CSM or experiencing more complete burning. Nevertheless, the redshifted Fe&lt;sc&gt;ii&lt;/sc&gt;and Ni&lt;sc&gt;ii&lt;/sc&gt;lines in the nebular-phase spectra of SN 2021hpr, contrary to the blueshift trend seen in other SNe Ia showing early bump features, indicate its peculiarity in the explosion that remains to be understood.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1911151; 1911225</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ApJ</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>