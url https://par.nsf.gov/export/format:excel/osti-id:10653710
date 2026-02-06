--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10653710</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1073/pnas.2413037121</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Dual modes of DNA N &lt;sup&gt;6&lt;/sup&gt; -methyladenine maintenance by distinct methyltransferase complexes</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Yuanyuan (ORCID:0000000262864694); Nan, Bei (ORCID:0009000262794179); Ye, Fei (ORCID:0009000271405833); Zhang, Zhe; Yang, Wentao; Pan, Bo (ORCID:0000000226261589); Wei, Fan; Duan, Lili (ORCID:0009000307707316); Li, Haicheng (ORCID:0009000900639422); Niu, Junhua (ORCID:0009000397682174); Ju, Aili (ORCID:0009000604528269); Liu, Yongqiang (ORCID:0000000264425193); Wang, Dantong (ORCID:0000000232775033); Zhang, Wenxin (ORCID:0009000258863258); Liu, Yifan (ORCID:0000000238960002); Gao, Shan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-01-21T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the National Academy of Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>122</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0027-8424</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Stable inheritance of DNA N&lt;sup&gt;6&lt;/sup&gt;-methyladenine (6mA) is crucial for its biological functions in eukaryotes. Here, we identify two distinct methyltransferase (MTase) complexes, both sharing the catalytic subunit AMT1, but featuring AMT6 and AMT7 as their unique components, respectively. While the two complexes are jointly responsible for 6mA maintenance methylation, they exhibit distinct enzymology, DNA/chromatin affinity, genomic distribution, and knockout phenotypes. AMT7 complex, featuring high MTase activity and processivity, is connected to transcription-associated epigenetic marks, including H2A.Z and H3K4me3, and is required for the bulk of maintenance methylation. In contrast, AMT6 complex, with reduced activity and processivity, is recruited by PCNA to initiate maintenance methylation immediately after DNA replication. These two complexes coordinate in maintenance methylation. By integrating signals from both replication and transcription, this mechanism ensures the faithful and efficient transmission of 6mA as an epigenetic mark in eukaryotes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2435178</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>United States National Academy of Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>