--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10653714</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/pro.70265</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Structural insight into the substrate binding of the &lt;scp&gt;AMT&lt;/scp&gt; complex via an inhibitor‐trapped state</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Shao, Zengyu [Department of Biochemistry University of California  Riverside California USA]; Yoon, Sol [Department of Biochemistry University of California  Riverside California USA]; Lu, Jiuwei [Department of Biochemistry University of California  Riverside California USA]; Athavale, Pranav [Department of Biochemistry University of California  Riverside California USA]; Liu, Yifan [Department of Cancer Biology University of Southern California  Los Angeles California USA]; Song, Jikui [Department of Biochemistry University of California  Riverside California USA] (ORCID:0000000249581032)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Protein science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0961-8368</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;N6‐adenine (6mA) DNA methylation plays an important role in gene regulation and genome stability. The 6mA methylation in&lt;italic&gt;Tetrahymena thermophila&lt;/italic&gt;is mainly mediated by the AMT complex, comprised of the AMT1, AMT7, AMTP1, and AMTP2 subunits. To date, how this complex assembles on the DNA substrate remains elusive. Here we report the structure of the AMT complex bound to the OCR protein from bacteriophage T7, mimicking the AMT–DNA encounter complex. The AMT1–AMT7 heterodimer approaches OCR from one side, while the AMTP1 N‐terminal domain, assuming a homeodomain fold, binds to OCR from the other side, resulting in a saddle‐shaped architecture reminiscent of what was observed for prokaryotic 6mA writers. Mutation of the AMT1, AMT7, and AMTP1 residues on the OCR‐contact points led to impaired DNA methylation activity to various extents, supporting a role for these residues in DNA binding. Furthermore, structural comparison of the AMT1–AMT7 subunits with the evolutionarily related METTL3–METTL14 and AMT1–AMT6 complexes reveals sequence conservation and divergence in the region corresponding to the OCR‐binding site, shedding light on the substrate binding of the latter two complexes. Together, this study supports a model in which the AMT complex undergoes a substrate binding‐induced open‐to‐closed conformational transition, with implications in its substrate binding and processive 6mA methylation.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2435178</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley-Blackwell</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>