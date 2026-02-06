--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10653937</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/nph.70626</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Bounds on stomatal size can explain scaling with stomatal density in forest plants</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liu, Congcong [Key Laboratory of Ecosystem Network Observation and Modeling, Institute of Geographic Sciences and Natural Resources Research Chinese Academy of Sciences  Beijing 100101 China] (ORCID:0000000339494194); Muir, Christopher D [Department of Botany University of Wisconsin  Madison WI 53706 USA] (ORCID:0000000325553878); Sack, Lawren [Department of Ecology and Evolutionary Biology University of California  Los Angeles CA 90025 USA] (ORCID:0000000270097202); Li, Ying [Key Laboratory of Ecosystem Network Observation and Modeling, Institute of Geographic Sciences and Natural Resources Research Chinese Academy of Sciences  Beijing 100101 China]; Xu, Li [Key Laboratory of Ecosystem Network Observation and Modeling, Institute of Geographic Sciences and Natural Resources Research Chinese Academy of Sciences  Beijing 100101 China]; Li, Mingxu [Key Laboratory of Ecosystem Network Observation and Modeling, Institute of Geographic Sciences and Natural Resources Research Chinese Academy of Sciences  Beijing 100101 China]; Zhang, Jiahui [Key Laboratory of Ecosystem Network Observation and Modeling, Institute of Geographic Sciences and Natural Resources Research Chinese Academy of Sciences  Beijing 100101 China]; de_Boer, Hugo Jan [Copernicus Institute of Sustainable Development, Department of Environmental Sciences Utrecht University  Utrecht 80125 the Netherlands] (ORCID:000000026933344X); Han, Xingguo [State Key Laboratory of Vegetation and Environmental Change, Institute of Botany Chinese Academy of Sciences  Beijing 100093 China]; Yu, Guirui [Key Laboratory of Ecosystem Network Observation and Modeling, Institute of Geographic Sciences and Natural Resources Research Chinese Academy of Sciences  Beijing 100101 China]; He, Nianpeng [Earth Critical Zone and Flux Research Station of Xing'an Mountains Chinese Academy of Sciences  Daxing'anling 165200 China] (ORCID:0000000204585953)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>New Phytologist</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>248</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2910 to 2926</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0028-646X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Summary&lt;/title&gt; &lt;p&gt;&lt;list list-type='bullet'&gt;&lt;list-item&gt;&lt;p&gt;A prevailing hypothesis posits that achieving higher maximum rates of leaf carbon gain and water loss is constrained by geometry and/or selection to limit the allocation of epidermal area to stomata (&lt;italic&gt;f&lt;/italic&gt;&lt;sub&gt;S&lt;/sub&gt;). Under this ‘stomatal‐area minimization hypothesis’, higher&lt;italic&gt;g&lt;/italic&gt;&lt;sub&gt;s,max&lt;/sub&gt;is associated with greater numbers of smaller stomata because this trait combination increases&lt;italic&gt;g&lt;/italic&gt;&lt;sub&gt;s,max&lt;/sub&gt;with minimal increase in&lt;italic&gt;f&lt;/italic&gt;&lt;sub&gt;S&lt;/sub&gt;, leading to relative conservation of&lt;italic&gt;f&lt;/italic&gt;&lt;sub&gt;S&lt;/sub&gt;semi‐independent of&lt;italic&gt;g&lt;/italic&gt;&lt;sub&gt;s,max&lt;/sub&gt;due to coordination in stomatal size, density, and pore depth. An alternative hypothesis is that the evolution of higher&lt;italic&gt;g&lt;/italic&gt;&lt;sub&gt;s,max&lt;/sub&gt;can be enabled by a greater epidermal area allocated to stomata, leading to positive covariation between&lt;italic&gt;f&lt;/italic&gt;&lt;sub&gt;S&lt;/sub&gt;and&lt;italic&gt;g&lt;/italic&gt;&lt;sub&gt;s,max&lt;/sub&gt;; we call this the ‘stomatal‐area adaptation hypothesis’. Under this hypothesis, the interspecific scaling between&lt;italic&gt;g&lt;/italic&gt;&lt;sub&gt;s,max&lt;/sub&gt;, stomatal density, and stomatal size is a by‐product of selection on a moving optimal&lt;italic&gt;g&lt;/italic&gt;&lt;sub&gt;s,max&lt;/sub&gt;.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;We integrated biophysical and evolutionary quantitative genetic modeling with phylogenetic comparative analyses of a global data set of stomatal density and size from 2408 vascular forest species. The models present specific assumptions of both hypotheses and deduce predictions that can be evaluated with our empirical analyses of forest plants.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;There are three main results. First, neither the stomatal‐area minimization nor adaptation hypothesis is sufficient to be supported. Second, estimates of interspecific scaling from common regression methods cannot reliably distinguish between hypotheses when stomatal size is bounded. Third, we reconcile both hypotheses with the data by including an additional assumption that stomatal size is bounded by a wide range and under selection; we refer to this synthetic hypothesis as the ‘stomatal adaptation + bounded size’ hypothesis.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;This study advances our understanding of scaling between stomatal size and density by mathematically describing specific assumptions of competing hypotheses, demonstrating that existing hypotheses are inconsistent with observations, and reconciling these hypotheses with phylogenetic comparative analyses by postulating a synthetic model of selection on&lt;italic&gt;g&lt;/italic&gt;&lt;sub&gt;s,max&lt;/sub&gt;,&lt;italic&gt;f&lt;/italic&gt;&lt;sub&gt;S&lt;/sub&gt;, and stomatal size.&lt;/p&gt;&lt;/list-item&gt;&lt;/list&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2017949</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>New Phytologist</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>