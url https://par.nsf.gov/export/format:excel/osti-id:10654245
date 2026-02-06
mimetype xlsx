--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10654245</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1126/science.ads8144</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Drought intensity and duration interact to magnify losses in primary productivity</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ohlert, Timothy (ORCID:0000000169765114); Smith, Melinda D (ORCID:0000000349206985); Collins, Scott L (ORCID:0000000201932892); Knapp, Alan K (ORCID:0000000316954696); Dukes, Jeffrey S; Sala, Osvaldo (ORCID:0000000301429450); Wilkins, Kate D (ORCID:0000000298751149); Munson, Seth M (ORCID:0000000227366374); Anderson, Maggie I (ORCID:0000000181882399); Avolio, Meghan L (ORCID:0000000226499159); Chen, Anping (ORCID:0000000320853863); Hayden, Meghan T (ORCID:0000000329291078); Holdrege, Martin C (ORCID:0000000340786012); Slette, Ingrid J (ORCID:0000000277073246); Wilfahrt, Peter (ORCID:0000000315946512); Beier, Claus; Fraser, Lauchlan H (ORCID:0000000339985540); Jentsch, Anke (ORCID:0000000223458300); Loik, Michael E (ORCID:0000000308476778); Luo, Yiqi (ORCID:0000000245560218); Maestre, Fernando T (ORCID:0000000274344856); Phillips, Richard P (ORCID:0000000213454138); Power, Sally A (ORCID:0000000227238671); Yahdjian, Laura (ORCID:0000000296351221); Yu, Qiang (ORCID:0000000254800623); Chen, Angel (ORCID:0000000335156710); Felton, Andrew J (ORCID:0000000215336071); Gherardi, Laureano A (ORCID:0000000157431096); Lyon, Nicholas J (ORCID:0000000339051078); Abdoli, Hamed; Abedi, Mehdi (ORCID:0000000214990119); Alberti, Juan (ORCID:0000000316000921); Arroyo, Antonio I (ORCID:0000000295595785); Asbjornsen, Heidi (ORCID:0000000181263328); Auge, Harald (ORCID:0000000174328453); Bachle, Seton (ORCID:000000032970862X); Bahn, Michael (ORCID:0000000174829776); Bartholomew, David C (ORCID:0000000281231817); Batbaatar, Amgaa (ORCID:0000000266870274); Bauerle, Taryn L (ORCID:0000000327412593); Beard, Karen H (ORCID:0000000349972495); Behn, Kai; Beil, Ilka (ORCID:0000000311361373); Biancari, Lucio (ORCID:0000000265396267); Blindow, Irmgard; Bondaruk, Viviana Florencia; Borer, Elizabeth T (ORCID:0000000322595853); Bork, Edward W; Bruschetti, Carlos Martin (ORCID:0000000224611629); Byrne, Kerry M (ORCID:0009000356110620); Cahill, James F (ORCID:0000000241101516); Calvo, Dianela A (ORCID:0000000341919163); Carbognani, Michele (ORCID:0000000177019859); Carlyle, Cameron N (ORCID:0000000347535945); Castillioni, Karen; Castillo-Garcia, Miguel (ORCID:0009000490179696); Chandregowda, Manjunatha H (ORCID:0000000297672457); Chang, Scott X (ORCID:000000027624439X); Chieppa, Jeff; Churchill, Amber C (ORCID:0000000191368131); Cianciaruso, Marcus Vinicius (ORCID:0000000158665345); Cordeiro, Amanda L (ORCID:0000000172260133); Cousins, Sara_A O (ORCID:0000000326562645); Cusack, Daniela F (ORCID:0000000346817449); Dahlke, Sven; Daleo, Pedro; Dietterich, Lee H (ORCID:0000000344655845); Dubbert, Maren (ORCID:0000000223528516); Eisenhauer, Nico (ORCID:0000000203716720); Forte, T’ai_G W (ORCID:0000000286855872); Funk, Flavia A; Galiano, Darcy; Greenville, Aaron C (ORCID:0000000201134778); Han, Liebao; Haugum, Siri Vatsø (ORCID:0000000349587132); Hautier, Yann; Hector, Andy (ORCID:0000000213097716); Henry, Hugh_A L; Hoss, Daniela (ORCID:0000000267663904); Isbell, Forest (ORCID:000000019689769X); Jordan, Samuel E; Ke, Yuguang; Kelly, Eugene F; Koerner, Sally E (ORCID:0000000164037513); Kreyling, Juergen (ORCID:0000000184897289); Kröel-Dulay, György; Kröpfl, Alicia I (ORCID:0000000290862741); Kübert, Angelika (ORCID:0000000339859261); Kulmatiski, Andrew (ORCID:0000000199775508); Lamb, Eric G (ORCID:0000000152014541); Larsen, Klaus Steenberg (ORCID:0000000214216182); Lee, Steven (ORCID:0000000245813684); Limbu, Smriti Pehim (ORCID:0000000190867895); Linstädter, Anja (ORCID:0000000300389557); Liu, Shirong; Longo, Grisel; Loydi, Alejandro (ORCID:000000020306905X); Luan, Junwei (ORCID:0000000238484747); Lubbe, F Curtis (ORCID:0000000212726226); Malyshev, Andrey V (ORCID:0000000322150918); McIntire, Cameron D (ORCID:0000000196665805); Metcalfe, Daniel B (ORCID:0000000183259269); Mokoka, Malesela Vincent; Mori, Akira S (ORCID:0000000284221198); Mudongo, Edwin; Newman, Gregory S (ORCID:0000000189320809); Nielsen, Uffe N (ORCID:0000000324007453); Ochoa-Hueso, Raúl; O’Connor, Rory C (ORCID:0000000264730032); Ogaya, Romà (ORCID:0000000349278479); Oñatibia, Gastón R (ORCID:0000000323296601); Orbán, Ildikó; Osborne, Brooke B (ORCID:0000000347717677); Otfinowski, Rafael (ORCID:0000000282425947); Pärtel, Meelis (ORCID:0000000258740138); Pascual, Jesús (ORCID:0000000318622484); Peñuelas, Josep (ORCID:0000000272150150); Peri, Pablo L (ORCID:0000000253984408); Pescador, David S (ORCID:0000000303959543); Peter, Guadalupe (ORCID:0000000277927045); Petraglia, Alessandro (ORCID:0000000346322251); Picon-Cochard, Catherine (ORCID:0000000177288936); Pillar, Valério D (ORCID:0000000164082891); Piñeiro-Guerra, Juan M (ORCID:0000000259581589); Ploughe, Laura Weber (ORCID:0000000284211299); Plowes, Robert M (ORCID:000000015803755X); Portales-Reyes, Cristy (ORCID:0000000201624785); Prober, Suzanne M (ORCID:000000026518239X); Pueyo, Yolanda (ORCID:0000000169707790); Rahmati, Golsa; Reed, Sasha C (ORCID:0000000285978619); Rodríguez, Dana Aylén; Rogers, William E (ORCID:0000000234071101); Roscher, Christiane; Rowley, David W (ORCID:0000000245683752); Sánchez, Ana M (ORCID:0000000262203001); Santos, Bráulio A (ORCID:0000000160464024); Schellenberg, Michael P; Scherer-Lorenzen, Michael (ORCID:000000019566590X); Seabloom, Eric W (ORCID:0000000167809259); Shen, Ruonan; Shi, Baoku (ORCID:0000000339549415); Souza, Lara (ORCID:0000000160058667); Stampfli, Andreas (ORCID:0000000255171363); Standish, Rachel J (ORCID:0000000181181904); Sternberg, Marcelo (ORCID:0000000187104141); Sun, Wei (ORCID:0000000216012159); Sünnemann, Marie (ORCID:000000015385258X); Tedder, Michelle (ORCID:0000000180210929); Terry, Tyson J (ORCID:0000000218390671); Thorvaldsen, Pål; Tielbörger, Katja; Tissink, Maud (ORCID:0009000958389956); Vadeboncoeur, Matthew A (ORCID:0000000282690708); Valdecantos, Alejandro (ORCID:0000000237613500); van_den_Brink, Liesbeth (ORCID:0000000303138147); Vandvik, Vigdis (ORCID:0000000346514798); Velle, Liv Guri; Wanke, Svenja (ORCID:0009000216197701); Wardle, Glenda M (ORCID:0000000301891899); Wei, Cunzheng (ORCID:0000000193092722); Werner, Christiane (ORCID:0000000276769057); Wiehl, Georg; Williams, Jennifer L (ORCID:0000000244974961); Wolf, Amelia A (ORCID:0000000176603455); Wu, Honghui (ORCID:0000000315419675); Xu, Chong (ORCID:0009000852244433); Yang, Xuechen; Yang, Yadong; Yost, Jenifer L (ORCID:0000000290337058); Young, Alyssa L (ORCID:0000000223734264); Yue, Ping; Zeberio, Juan M; Zeiter, Michaela (ORCID:0000000267725378); Zhang, Haiyang; Zhu, Juntao; Zuo, Xiaoan (ORCID:0000000210631100)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-10-16T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>390</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6770</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>284 to 289</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0036-8075</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;As droughts become longer and more intense, impacts on terrestrial primary productivity are expected to increase progressively. Yet, some ecosystems appear to acclimate to multiyear drought, with constant or diminishing reductions in productivity as drought duration increases. We quantified the combined effects of drought duration and intensity on aboveground productivity in 74 grasslands and shrublands distributed globally. Ecosystem acclimation with multiyear drought was observed overall, except when droughts were extreme (i.e., ≤1-in-100-year likelihood of occurrence). Productivity losses after four consecutive years of extreme drought increased by ~2.5-fold compared with those of the first year. These results portend a foundational shift in ecosystem behavior if drought duration and intensity increase, from maintenance of reduced functioning over time to progressive and profound losses of productivity when droughts are extreme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2425290; 2224852; 1831944; 2425352; 2425143</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Association for the Advancement of Science (AAAS)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>