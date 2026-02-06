--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10654323</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/ecy.70206</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Small rainfall events increase belowground production in Chihuahuan Desert grassland</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Collins, Scott L [Department of Biology University of New Mexico  Albuquerque New Mexico USA] (ORCID:0000000201932892); Brown, Renée F [Department of Biology University of New Mexico  Albuquerque New Mexico USA] (ORCID:0000000249867663)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Ecology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>106</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0012-9658</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Dryland productivity is highly sensitive to precipitation variability, and models predict that rainfall variability will increase in the future. Numerous studies have documented the relationship between productivity and precipitation, but most focus on aboveground production (ANPP), while the effects on belowground production (BNPP) remain poorly understood. Furthermore, previous research suggests that ANPP and BNPP are uncoupled within ecosystems, but the degree to which rainfall variability affects the interplay between aboveground and belowground production is unknown. We conducted a long‐term rainfall manipulation experiment in Chihuahuan Desert grassland to investigate how the size and frequency of growing season rain events affected BNPP and its relationship to ANPP. Experimental plots received either 12 small‐frequent rain events or 3 large‐infrequent events during the monsoon season for a total of 60 mm of added rainfall per treatment per year. All plots, including three controls, received ambient rainfall throughout the year. Total BNPP ranged from a low of 94.7 ± 38.2 g m&lt;sup&gt;2&lt;/sup&gt;year&lt;sup&gt;−1&lt;/sup&gt;under ambient conditions to a high of 183.7 ± 44.6 g m&lt;sup&gt;2&lt;/sup&gt;year&lt;sup&gt;−1&lt;/sup&gt;under the small‐frequent rainfall treatment. Total BNPP was highest under small‐frequent rain events, and there was no difference in BNPP between 0–15 and 15–30 cm soil depths in either rainfall treatment. ANPP and BNPP were uncorrelated within rainfall treatments, but weakly positively correlated across all plots and years. Our results contribute to a growing body of research on the importance of small rain events in drylands and provide further evidence regarding the weak coupling between aboveground and belowground processes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2425290</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>John Wiley &amp; Sons, Ltd.</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>