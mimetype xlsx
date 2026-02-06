--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10654359</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/ange.202513844</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Self‐Stabilized Heterometallic Pair Sites for Selective Ethanol Dehydrogenation on Pt–Cr–Ag Alloy Catalysts</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Weaver, Jason F [Department of Chemical Engineering University of Florida  Gainesville FL 32611 USA]; Xiang, Shuting [Department of Materials Science and Chemical Engineering Stony Brook University  Stony Brook NY 11794 USA]; Jamir, Jovenal [Department of Chemical Engineering University of Florida  Gainesville FL 32611 USA]; Küst, Ulrike [Division of Synchrotron Radiation Research and NanoLund Department of Physics Lund University  Lund SE‐22100 Sweden]; Rämisch, Lisa [Division of Combustion Physics Lund University  Box 118 Lund SE‐221 00 Sweden]; Grespi, Andrea [Division of Synchrotron Radiation Research and NanoLund Department of Physics Lund University  Lund SE‐22100 Sweden]; Wallander, Harald [Department of Materials Science and Applied Mathematics Malmö University  Malmö 20506 Sweden]; Zetterberg, Johan [Division of Combustion Physics Lund University  Box 118 Lund SE‐221 00 Sweden]; Arias, Steven [Center for Functional Nanomaterials Brookhaven National Laboratory  Upton New York 11973 USA]; Fornero, Esteban L [Instituto de Desarrollo Tecnológico para la Industria Química Universidad Nacional del Litoral (UNL) y CONICET  Güemes 3450 Santa Fe 3000 Argentina]; Routh, Prahlad K [Department of Materials Science and Chemical Engineering Stony Brook University  Stony Brook NY 11794 USA]; Zhang, Shengjie [Department of Chemical and Biomolecular Engineering Tulane University  New Orleans LA 70118 USA]; Miller, John S [Materials Science Division Physical and Life Sciences Directorate Lawrence Livermore National Laboratory  7000 East Ave Livermore CA 94550 USA]; Rai, Rajeev Kumar [Department of Materials Science and Engineering University of Pennsylvania  Philadelphia PA 19104 USA]; Stach, Eric A [Department of Materials Science and Engineering University of Pennsylvania  Philadelphia PA 19104 USA]; Boscoboinik, J Anibal [Center for Functional Nanomaterials Brookhaven National Laboratory  Upton New York 11973 USA]; Montemore, Matthew M [Department of Chemical and Biomolecular Engineering Tulane University  New Orleans LA 70118 USA]; Sykes, E_Charles H [Department of Chemical and Biological Engineering Tufts University  Medford MA 02155 USA]; Knudsen, Jan [MAXIV Laboratory Lund University  Lund SE‐22100 Sweden]; Biener, Jürgen [Materials Science Division Physical and Life Sciences Directorate Lawrence Livermore National Laboratory  7000 East Ave Livermore CA 94550 USA]; Merte, Lindsay R [Department of Materials Science and Applied Mathematics Malmö University  Malmö 20506 Sweden] (ORCID:0000000232134199); Frenkel, Anatoly I [Division of Chemistry Brookhaven National Laboratory  Upton NY 11973 USA]</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Angewandte Chemie</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>137</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0044-8249</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Self‐stabilized, heterometallic pair‐sites can enable fine‐tuning of catalytic functionality while also mitigating dynamic structural changes that degrade catalytic performance. This study demonstrates the development and characterization of trimetallic Pt&lt;sub&gt;x&lt;/sub&gt;Cr&lt;sub&gt;x&lt;/sub&gt;Ag&lt;sub&gt;1‐2x&lt;/sub&gt;(&lt;italic&gt;x&lt;/italic&gt;≤ 0.1) alloys with active Pt–Cr pair‐ensembles for non‐oxidative ethanol dehydrogenation, leveraging predictions that favorable bonding stabilizes Pt–Cr pairs diluted in Ag. Operando X‐ray absorption spectroscopy confirms the preferential formation and stability of Pt–Cr pairings dispersed throughout the Ag matrix, and ambient‐pressure X‐ray photoelectron spectroscopy shows that Pt–Cr sites have significant activity for ethanol dehydrogenation, while suppressing reaction processes that deactivate binary Pt–Ag and Cr–Ag alloys. This work demonstrates that stabilizing heterometallic pair sites within trimetallic alloys provides a new avenue for designing catalysts with discrete active sites that are durable and highly selective.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2323274</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>