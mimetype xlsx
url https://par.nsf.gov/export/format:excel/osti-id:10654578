--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10654578</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/ae0e1a</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>An Efficient Shift-and-stack Algorithm Applied to Detection Catalogs</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Stetzler, Steven (ORCID:0000000277126678); Jurić, Mario (ORCID:0000000319969252); Bernardinelli, Pedro H (ORCID:0000000307439422); Bektešević, Dino (ORCID:0000000213125529); Chandler, Colin Orion (ORCID:0000000173351715); Connolly, Andrew J (ORCID:0000000155768189); Adams, Fred C (ORCID:0000000281671767); Fuentes, Cesar (ORCID:0000000252110020); Gerdes, David W (ORCID:0000000169422736); Holman, Matthew J (ORCID:0000000211394880); Lin_林, Hsing_Wen 省文 (ORCID:0000000177376784); Markwardt, Larissa (ORCID:0000000224861118); McNeill, Andrew (ORCID:0009000599551500); Mommert, Michael (ORCID:0000000278173388); Napier, Kevin J (ORCID:0000000348275049); Oldroyd, William J (ORCID:0000000157504953); Payne, Matthew J (ORCID:0000000151336303); Rivkin, Andrew S (ORCID:0000000299399976); Salazar-Manzano, Luis E (ORCID:000000026514318X); Schlichting, Hilke (ORCID:0000000202988089); Sheppard, Scott S (ORCID:0000000331458682); Spencer, Dallin (ORCID:0000000340512003); Strauss, Ryder (ORCID:000000016350807X); Trilling, David E (ORCID:0000000345803790); Trujillo, Chadwick A (ORCID:0000000198590894)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-11-26T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>170</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>352</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The boundary of solar system object discovery lies in detecting its faintest members. However, their discovery in detection catalogs from imaging surveys is fundamentally limited by the practice of thresholding detections at signal-to-noise (SNR) ≥ 5 to maintain catalog purity. Faint moving objects can be recovered from survey images using the shift-and-stack algorithm, which coadds pixels from multi-epoch images along a candidate trajectory. Trajectories matching real objects accumulate signal coherently, enabling high-confidence detections of very faint moving objects. Applying shift-and-stack comes with high computational cost, which scales with target object velocity, typically limiting its use to searches for slow-moving objects in the outer solar system. This work introduces a modified shift-and-stack algorithm that trades sensitivity for speedup. Our algorithm stacks low-SNR detection catalogs instead of pixels, the sparsity of which enables approximations that reduce the number of stacks required. Our algorithm achieves real-world speedups of 10–10&lt;sup&gt;3&lt;/sup&gt;× over image-based shift-and-stack while retaining the ability to find faint objects. We validate its performance by recovering synthetic inner and outer solar system objects injected into images from the DECam Ecliptic Exploration Project. Exploring the sensitivity–compute time trade-off of this algorithm, we find that our method achieves a speedup of ∼30× with 88% of the memory usage while sacrificing 0.25 mag in depth compared to image-based shift-and-stack. These speedups enable the broad application of shift-and-stack to large-scale imaging surveys and searches for faint inner solar system objects. We provide a reference implementation via the&lt;monospace&gt;find-asteroids&lt;/monospace&gt;Python package and this URL:&lt;ext-link ext-link-type='uri' href='https://github.com/stevenstetzler/find-asteroids'&gt;https://github.com/stevenstetzler/find-asteroids&lt;/ext-link&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2107800</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Astronomical Society.</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>