--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10654593</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1115/1.4070585</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Zero-Shot Anomaly Detection in Laser Powder Bed Fusion Using Multimodal RAG and Large Language Models</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Naghavi_Khanghah, Kiarash; Chen, Zhiling; Romeo, Lela; Yang, Qian; Malhotra, Rajiv; Imani, Farhad; Xu, Hongyi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-12-04T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Mechanical Design</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 16</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1050-0472</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Additive manufacturing enables the fabrication of complex designs while minimizing waste, but faces challenges related to defects and process anomalies. This study presents a novel multimodal Retrieval-Augmented Generation-based framework that automates anomaly detection across various Additive Manufacturing processes leveraging retrieved information from literature, including images and descriptive text, rather than training datasets. This framework integrates text and image retrieval from scientific literature and multimodal generation models to perform zero-shot anomaly identification, classification, and explanation generation in a Laser Powder Bed Fusion setting. The proposed framework is evaluated on four L-PBF manufacturing datasets from Oak Ridge National Laboratory, featuring various printer makes, models, and materials. This evaluation demonstrates the framework's adaptability and generalizability across diverse images without requiring additional training. Comparative analysis using Qwen2-VL-2B and GPT-4o-mini as MLLM within the proposed framework highlights that GPT-4o-mini outperforms Qwen2-VL-2B and proportional random baseline in manufacturing anomalies classification. Additionally, the evaluation of the RAG system confirms that incorporating retrieval mechanisms improves average accuracy by 12% by reducing the risk of hallucination and providing additional information. The proposed framework can be continuously updated by integrating emerging research, allowing seamless adaptation to the evolving landscape of AM technologies. This scalable, automated, and zero-shot-capable framework streamlines AM anomaly analysis, enhancing efficiency and accuracy.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2102406; 2001081</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The American Society of Mechanical Engineers</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>