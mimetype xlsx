--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10654667</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202554182</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>MOA-2022-BLG-091Lb and KMT-2024-BLG-1209Lb: Microlensing planets detected through weak caustic-crossing signals</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Han, Cheongho; Lee, Chung-Uk (ORCID:0000000300433925); Udalski, Andrzej (ORCID:0000000152075619); Bond, Ian A; Yang, Hongjing; Albrow, Michael D; Chung, Sun-Ju (ORCID:0000000162854528); Gould, Andrew; Jung, Youn Kil; Hwang, Kyu-Ha (ORCID:0000000292414117); Ryu, Yoon-Hyun; Shvartzvald, Yossi (ORCID:0000000315255041); Shin, In-Gu; Yee, Jennifer C; Zang, Weicheng; Inyanya, Tanagodchaporn; Cha, Sang-Mok (ORCID:0000000275112950); Kim, Doeon; Kim, Dong-Jin (ORCID:0000000242929649); Kim, Seung-Lee (ORCID:0000000305625643); Lee, Dong-Joo; Lee, Yongseok (ORCID:0000000175948072); Park, Byeong-Gon (ORCID:0000000269827722); Pogge, Richard W (ORCID:0000000314353053); Mróz, Przemek; Szymański, Michał K (ORCID:0000000205488995); Skowron, Jan (ORCID:0000000223351730); Poleski, Radosław (ORCID:0000000292456368); Soszyński, Igor; Pietrukowicz, Paweł; Kozłowski, Szymon; Rybicki, Krzysztof A (ORCID:0000000293269329); Iwanek, Patryk; Ulaczyk, Krzysztof; Wrona, Marcin; Gromadzki, Mariusz (ORCID:0000000216501518); Mróz, Mateusz J (ORCID:0000000289116581); Jaroszyński, Michał (ORCID:0000000191877761); Kiraga, Marcin (ORCID:0000000180459484); Abe, Fumio (ORCID:0009000088654778); Bando, Ken; Bennett, David P; Bhattacharya, Aparna; Fukui, Akihiko; Hamada, Ryusei; Hamada, Shunya; Hamasaki, Naoto; Hirao, Yuki; Ishitani_Silva, Stela (ORCID:0000000322671246); Koshimoto, Naoki; Matsubara, Yutaka (ORCID:0000000296294810); Miyazaki, Shota (ORCID:0000000198181513); Muraki, Yasushi (ORCID:0000000319782092); Nagai, Tutumi; Nunota, Kansuke; Olmschenk, Greg (ORCID:0000000184722219); Ranc, Clément (ORCID:0000000323884534); Rattenbury, Nicholas J (ORCID:000000015069319X); Satoh, Yuki; Sumi, Takahiro; Suzuki, Daisuke; Terry, Sean K; Tristram, Paul J (ORCID:0009000982899884); Vandorou, Aikaterini; Yama, Hibiki; Tang, Yunyi; Mao, Shude (ORCID:0000000183172788); Maoz, Dan; Zhu, Wei</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>699</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A91</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;italic&gt;Aims&lt;/italic&gt;. The light curves of the microlensing events MOA-2022-BLG-091 and KMT-2024-BLG-1209 exhibit anomalies with very similar features. These anomalies appear near the peaks of the light curves, where the magnifications are moderately high, and are distinguished by weak caustic-crossing features with minimal distortion while the source remains inside the caustic. To achieve a deeper understanding of these anomalies, we conducted a comprehensive analysis of the lensing events.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Methods&lt;/italic&gt;. We carried out binary-lens modeling with a thorough exploration of the parameter space. This analysis revealed that the anomalies in both events are of planetary origin, although their exact interpretation is complicated by different types of degeneracy. In the case of MOA-2022-BLG-091, the main difficulty in the interpretation of the anomaly arises from a newly identified degeneracy related to the uncertain angle at which the source trajectory intersects the planet–host axis. For KMT-2024-BLG-1209, the interpretation is affected by the previously known inner-outer degeneracy, which leads to ambiguity between solutions in which the source passes through either the inner or outer caustic region relative to the planet host.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Results&lt;/italic&gt;. Bayesian analysis indicates that the planets in both lens systems are giant planets with masses about two to four times that of Jupiter, orbiting early K-type main-sequence stars. Both systems are likely located in the Galactic disk at a distance of around 4 kiloparsecs. The degeneracy in KMT-2024-BLG-1209 is challenging to resolve because it stems from intrinsic similarities in the caustic structures of the degenerate solutions. In contrast, the degeneracy in MOA-2022-BLG-091, which occurs by chance rather than from inherent characteristics, is expected to be resolved by the future space based Roman RGES microlensing survey.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108414</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>