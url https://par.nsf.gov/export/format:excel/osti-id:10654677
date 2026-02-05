--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10654677</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202451806</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>KMT-2021-BLG-0284, KMT-2022-BLG-2480, and KMT-2024-BLG-0412: Three microlensing events involving two lens masses and two source stars</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Han, Cheongho; Udalski, Andrzej; Bond, Ian A; Lee, Chung-Uk (ORCID:0000000300433925); Gould, Andrew; Albrow, Michael D; Chung, Sun-Ju (ORCID:0000000162854528); Hwang, Kyu-Ha (ORCID:0000000292414117); Jung, Youn Kil; Ryu, Yoon-Hyun; Shvartzvald, Yossi (ORCID:0000000315255041); Shin, In-Gu; Yee, Jennifer C (ORCID:0000000194817123); Yang, Hongjing (ORCID:0000000306268465); Zang, Weicheng; Cha, Sang-Mok (ORCID:0000000275112950); Kim, Doeon (ORCID:0000000242929649); Kim, Dong-Jin; Kim, Seung-Lee; Lee, Dong-Joo; Lee, Yongseok (ORCID:0000000175948072); Park, Byeong-Gon (ORCID:0000000269827722); Pogge, Richard W (ORCID:0000000314353053); Mróz, Przemek; Szymański, Michał K; Skowron, Jan (ORCID:0000000223351730); Poleski, Radosław (ORCID:0000000292456368); Soszyński, Igor; Pietrukowicz, Paweł (ORCID:0000000223395899); Kozłowski, Szymon; Rybicki, Krzysztof A (ORCID:0000000293269329); Iwanek, Patryk; Ulaczyk, Krzysztof; Wrona, Marcin; Gromadzki, Mariusz (ORCID:0000000216501518); Mróz, Mateusz J (ORCID:0000000289116581); Abe, Fumio; Barry, Richard (ORCID:0000000349160892); Bennett, David P; Bhattacharya, Aparna; Fujii, Hirosame; Fukui, Akihiko; Hamada, Ryusei; Hirao, Yuki; Silva, Stela Ishitani; Itow, Yoshitaka; Kirikawa, Rintaro; Koshimoto, Naoki; Matsubara, Yutaka (ORCID:0000000296294810); Miyazaki, Shota (ORCID:0000000198181513); Muraki, Yasushi (ORCID:0000000319782092); Olmschenk, Greg (ORCID:0000000184722219); Ranc, Clément (ORCID:0000000323884534); Rattenbury, Nicholas J (ORCID:000000015069319X); Satoh, Yuki; Sumi, Takahiro; Suzuki, Daisuke; Tomoyoshi, Mio; Tristram, Paul J (ORCID:0009000982899884); Vandorou, Aikaterini; Yama, Hibiki; Yamashita, Kansuke</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>692</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A221</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;italic&gt;Aims.&lt;/italic&gt;We carried out a project involving the systematic analysis of microlensing data from the Korea Microlensing Telescope Network survey. The aim of this project is to identify lensing events with complex anomaly features that are difficult to explain using standard binary-lens or binary-source models.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Methods.&lt;/italic&gt;Our investigation reveals that the light curves of microlensing events KMT-2021-BLG-0284, KMT-2022-BLG-2480, and KMT-2024-BLG-0412 display highly complex patterns with three or more anomaly features. These features cannot be adequately explained by a binary-lens (2L1S) model alone. However, the 2L1S model can effectively describe certain segments of the light curve. By incorporating an additional source into the modeling, we identified a comprehensive model that accounts for all the observed anomaly features.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Results.&lt;/italic&gt;Bayesian analysis, based on constraints provided by lensing observables, indicates that the lenses of KMT-2021-BLG-0284 and KMT-2024-BLG-0412 are binary systems composed of M dwarfs. For KMT-2022-BLG-2480, the primary lens is an early K-type main-sequence star with an M dwarf companion. The lenses of KMT-2021-BLG-0284 and KMT-2024-BLG-0412 are likely located in the bulge, whereas the lens of KMT-2022-BLG-2480 is more likely situated in the disk. In all events, the binary stars of the sources have similar magnitudes due to a detection bias favoring binary source events with a relatively bright secondary source star, which increases detection efficiency.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108414</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>