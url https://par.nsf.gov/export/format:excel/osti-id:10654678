--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10654678</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202451620</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>KMT-2024-BLG-1044L: A sub-Uranus microlensing planet around a host at the star–brown dwarf mass boundary</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Han, Cheongho; Ryu, Yoon-Hyun; Lee, Chung-Uk (ORCID:0000000300433925); Gould, Andrew; Albrow, Michael D; Chung, Sun-Ju (ORCID:0000000162854528); Hwang, Kyu-Ha (ORCID:0000000292414117); Jung, Youn Kil; Shvartzvald, Yossi (ORCID:0000000315255041); Shin, In-Gu; Yee, Jennifer C (ORCID:0000000194817123); Yang, Hongjing; Zang, Weicheng; Kim, Doeon; Kim, Dong-Jin (ORCID:0000000242929649); Park, Byeong-Gon (ORCID:0000000269827722); Pogge, Richard W (ORCID:0000000314353053)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>692</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A106</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;&lt;italic&gt;Aims.&lt;/italic&gt;We analysed microlensing data to uncover the nature of the anomaly that appeared near the peak of the short-timescale microlensing event KMT-2024-BLG-1044. Despite the anomaly’s brief duration of less than a day, it was densely observed through high-cadence monitoring conducted by the KMTNet survey.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Methods.&lt;/italic&gt;Detailed modelling of the light curve confirmed the planetary origin of the anomaly and revealed two possible solutions, due to an inner–outer degeneracy. The two solutions provide different measured planet parameters: (&lt;italic&gt;s&lt;/italic&gt;,&lt;italic&gt;q&lt;/italic&gt;)&lt;sub&gt;inner&lt;/sub&gt;= [1.0883 ± 0.0027, (3.125 ± 0.248) × 10&lt;sup&gt;−4&lt;/sup&gt;] for the inner solutions and (&lt;italic&gt;s&lt;/italic&gt;,&lt;italic&gt;q&lt;/italic&gt;)&lt;sub&gt;outer&lt;/sub&gt;= [1.0327 ± 0.0054, (3.350 ± 0.316) × 10&lt;sup&gt;−4&lt;/sup&gt;] for the outer solutions.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Results.&lt;/italic&gt;Using Bayesian analysis with constraints provided by the short event timescale (&lt;italic&gt;t&lt;/italic&gt;&lt;sub&gt;E&lt;/sub&gt;~ 9.1 day) and the small angular Einstein radius (&lt;italic&gt;θ&lt;/italic&gt;&lt;sub&gt;E&lt;/sub&gt;~ 0.16 mas for the inner solution and ~ 0.10 mas for the outer solutio), we determined that the lens is a planetary system consisting of a host near the boundary between a star and a brown dwarf and a planet with a mass lower than that of Uranus. The discovery of the planetary system highlights the crucial role of the microlensing technique in detecting planets that orbit substellar brown dwarfs or very low-mass stars.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108414</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>