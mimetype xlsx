--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10654758</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5281/zenodo.10994151</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Makers by Design: Helping Teachers Integrate Design Thinking Into Instruction Through a Sustained Professional Learning Fellowship</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Russell, Christopher; Gonzi, Amanda</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of advanced technological education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2832-9627</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>{"Abstract":["This paper investigates the extent to which participants in a professional learning (PL) program learned and implemented design thinking principles within their instruction. In 2022, 17 educators from the northern Virginia region were recruited to an NSF-funded PL fellowship, including K-12 teachers, post-secondary faculty, and public librarians. During the project, fellows completed 20 hours of design thinking PL, practiced teaching at digital fabrication summer camps for elementary and middle school youth and developed and implemented a lesson plan that integrated design thinking into their subject area. Data sources included surveys, teacher-generated lesson plans, and lesson reflections. A mixed methods approach was used for data analysis."]}</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2055324</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t>null</t>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Zenodo</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>