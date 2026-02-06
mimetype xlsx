--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10654771</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/adba5f</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Super-puff WASP-193 b is on a Well-aligned Orbit*</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yee, Samuel W (ORCID:0000000179613907); Stefánsson, Gudmundur (ORCID:0000000174095688); Thorngren, Daniel (ORCID:0000000251138558); Monson, Andy (ORCID:0000000200482586); Hartman, Joel D (ORCID:0000000187326166); Charbonneau, David B (ORCID:000000029003484X); Teske, Johanna K (ORCID:0009000828015040); Butler, R Paul (ORCID:0000000313053761); Crane, Jeffrey D (ORCID:000000025226787X); Osip, David; Shectman, Stephen A (ORCID:0000000286816136)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-03-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>169</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>225</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The “super-puffs” are a population of planets that have masses comparable to that of Neptune but radii similar to Jupiter, leading to extremely low bulk densities (&lt;italic&gt;ρ&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;p&lt;/italic&gt;&lt;/sub&gt; ≲ 0.2 g cm&lt;sup&gt;−3&lt;/sup&gt;) that are not easily explained by standard core accretion models. Interestingly, several of these super-puffs are found in orbits significantly misaligned with their host stars’ spin axes, indicating past dynamical excitation that may be connected to their low densities. Here, we present new Magellan/Planet Finder Spectrograph radial velocity measurements of WASP-193, a late F star hosting one of the least dense transiting planets known to date (&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;p&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;0.11&lt;/mn&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;2&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.034&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.029&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;mspace width='0.25em'/&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;J&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/inline-formula&gt;,&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;R&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;p&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;1.31&lt;/mn&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;9&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.048&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.056&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;mspace width='0.25em'/&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;R&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;J&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/inline-formula&gt;,&lt;italic&gt;ρ&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;p&lt;/italic&gt;&lt;/sub&gt; = 0.060 ± 0.019 g cm&lt;sup&gt;−3&lt;/sup&gt;). We refine the bulk properties of WASP-193 b and use interior structure models to determine that the planet can be explained if it consists of roughly equal amounts of metals and H/He, with a metal fraction of&lt;italic&gt;Z&lt;/italic&gt;= 0.42. The planet is likely substantially reinflated due to its host star’s evolution, and expected to be actively undergoing mass loss. We also measure the projected stellar obliquity using the Rossiter–McLaughlin effect, finding that WASP-193 b is on an orbit well aligned with the stellar equator, with&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;mi&gt;λ&lt;/mi&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;1&lt;/mn&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;6&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;15&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;16&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;/inline-formula&gt;degrees. WASP-193 b is the first Jupiter-sized super-puff on a relatively well-aligned orbit, suggesting a diversity of formation pathways for this population of planets.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2538457; 2108616</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Astronomical Society Journals</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>