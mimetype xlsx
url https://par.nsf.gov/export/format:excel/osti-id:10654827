--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10654827</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/adfm.202511059</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Large Anomalous and Topological Hall Effect and Nernst Effect in a Dirac Kagome Magnet Fe &lt;sub&gt;3&lt;/sub&gt; Ge</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Xu, Chunqiang [Department of Physics and Astronomy Michigan State University  East Lansing MI 48824 USA]; Gupta, Shuvankar [Department of Physics and Astronomy Michigan State University  East Lansing MI 48824 USA] (ORCID:0000000177624004); Tan, Hengxin [Department of Condensed Matter Physics Weizmann Institute of Science Rehovot 7610001 Israel]; Bae, Hyeonhu [Department of Condensed Matter Physics Weizmann Institute of Science Rehovot 7610001 Israel]; Emmanuel, Olajumoke Oluwatobiloba [Department of Physics and Astronomy Michigan State University  East Lansing MI 48824 USA]; Xu, Mingyu [Department of Chemistry Michigan State University  East Lansing MI 48824 USA]; Wu, Yan [Neutron Scattering Division Oak Ridge National Laboratory  Oak Ridge TN 37831 USA]; Xu, Xiaofeng [Department of Applied Physics Zhejiang University of Technology  Hangzhou 310023 China]; Zhang, Pengpeng [Department of Physics and Astronomy Michigan State University  East Lansing MI 48824 USA]; Xie, Weiwei [Department of Chemistry Michigan State University  East Lansing MI 48824 USA]; Yan, Binghai [Department of Condensed Matter Physics Weizmann Institute of Science Rehovot 7610001 Israel]; Ke, Xianglin [Department of Physics and Astronomy Michigan State University  East Lansing MI 48824 USA] (ORCID:0000000318829039)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-10-29T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Advanced Functional Materials</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1616-301X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Searching for Kagome magnets with novel magnetic and electronic properties has been attracting significant efforts recently. Here, the magnetic, electronic, and thermoelectric properties of Fe&lt;sub&gt;3&lt;/sub&gt;Ge single crystals with Fe atoms forming a slightly distorted Kagome lattice are reported. It is shown that Fe&lt;sub&gt;3&lt;/sub&gt;Ge exhibits a large anomalous Hall effect and anomalous Nernst effect. The observed anomalous transverse thermoelectric conductivity reaches ≈4.6 A m&lt;sup&gt;−1&lt;/sup&gt; K&lt;sup&gt;−1&lt;/sup&gt;, which is larger than the conventional ferromagnets and most of the topological ferromagnets reported in literature. The first‐principles calculations suggest that these exceptional transport properties are dominated by the intrinsic mechanism, which highlights the significant contribution of the Berry curvature of massive Dirac gaps in the momentum space. Additionally, a topological Hall resistivity of 0.9 µΩ cm and a topological Nernst coefficient of 1.2 µV K&lt;sup&gt;−1&lt;/sup&gt;are also observed, which are presumably ascribed to the Berry phase associated with the field‐induced non‐zero scalar spin chirality. These features highlight the synergic effects of the Berry phases in both momentum space and real space of Fe&lt;sub&gt;3&lt;/sub&gt;Ge, which render it an excellent candidate for room‐temperature thermoelectric applications based on transverse transport.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2219046</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley-VCH</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>