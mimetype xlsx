--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10655036</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ae0e21</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Stellar Content of NGC 3603 Revisited: Is the IMF Top Heavy? &lt;sup&gt;∗&lt;/sup&gt;</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Massey, Philip (ORCID:0000000165637828); Morrell, Nidia I (ORCID:0000000325353091); Neugent, Kathryn F (ORCID:000000025787138X); Herzog, Monica; Drout, Maria R (ORCID:0000000170810082); O’Brien, Caitlin</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-11-25T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>994</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>176</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Studies of the resolved stellar populations of young massive clusters have shown that the slope of the initial mass function (IMF) appears to be the same everywhere, with no dependence on stellar density or metallicity. At the same time, studies of integrated properties of galaxies usually conclude that the IMF does vary and must be top-heavy in starburst regions. In order to investigate this, we have carried out a long-term project to characterize the massive-star content of NGC 3603, the nearest giant H&lt;sc&gt;ii&lt;/sc&gt;region, known to have a rich population of massive stars. We used both ground-based and Hubble Space Telescope (HST) imaging to obtain photometry, and we employed Gaia to establish membership. We obtained spectra of 128 stars using the Magellan 6.5 m telescope and HST, and we combine these data to produce a reddening map. After analyzing the data in the same way as we have for 25 other star-forming regions in the Milky Way and the Magellanic Clouds, we find that the IMF slope of NGC 3603 is quite normal compared to other clusters, with Γ = −0.9 ± 0.1. If anything, there are fewer very high mass (&gt;65&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;) stars than one would expect by extrapolation from lower masses. This slope is also indistinguishable from what several studies have shown for R136 in the LMC, an even richer region. We speculate that the depreciation of the highest-mass bins in NGC 3603, but not in R136, may indicate that it is harder to form extremely massive stars at the higher metallicity of the Milky Way compared to that of the LMC.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1852478; 1950901; 2349774</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOP Publishing</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>