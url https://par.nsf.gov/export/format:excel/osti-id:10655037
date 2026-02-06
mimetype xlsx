--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10655037</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ade799</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A New Determination of the Mass of NGC 3603-A1: The Most Massive Binary Known?</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Massey, Philip (ORCID:0000000165637828); Bodansky, Sarah; Penny, Laura R (ORCID:0000000291095951); Morrell, Nidia I (ORCID:0000000325353091); Neugent, Kathryn F (ORCID:000000025787138X)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-08-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>990</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The star NGC 3603-A1 has long been known to be a very massive binary, consisting of a pair of O2-3If*/WN5-6 stars which show Wolf–Rayet–like emission due to their luminosities being near the Eddington limit. The system has been poorly characterized until now, due to the difficulties of obtaining reliable radial velocities from broad, blended emission lines and the extreme crowding in the cluster. However, previously unpublished archival Hubble Space Telescope (HST) Space Telescope Imaging Spectrograph (STIS) spectra revealed that some of the upper Balmer lines (seen in absorption) are well separated at favorable orbital phases, prompting us to obtain our own carefully timed new HST/STIS spectra, which we have analyzed along with the older data. Radial velocities measured from these spectra allow us to obtain an orbit for this 3.77298-day binary. We also used archival STIS imaging of the cluster to obtain a more accurate light curve for this eclipsing system, which we then modeled, yielding the orbital inclination and providing values for the stellar radii and temperatures. Together, these data show that the NGC 3603-A1 system consists of a 93.3 ± 11.0&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;O3If*/WN6 primary with an effective temperature of 37,000 K, and a 70.4 ± 9.3&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;O3If*/WN5 secondary that is slightly hotter, 42,000 K. Although a more massive binary is known in the LMC, NGC 3603-A1 is as massive as any binary known in our own Galaxy for which a direct measurement of its mass has been made by a fundamental method. The secondary has been spun up by mass accretion from the primary, and we discuss the evolutionary status of this intriguing system.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1852478; 1950901; 2349774</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOP Publishing</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>