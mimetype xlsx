--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10655439</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5194/acp-25-13359-2025</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Scattering properties and lidar characteristics of Asian dust particles based on realistic shape models</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>La_Luna, Anthony; Zhang, Zhibo (ORCID:0000000194911654); Zheng, Jianyu (ORCID:0000000338867913); Song, Qianqian; Yu, Hongbin; Ding, Jiachen; Yang, Ping; Saito, Masanori (ORCID:0000000151887471)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-10-22T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Atmospheric Chemistry and Physics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>13359 to 13377</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1680-7324</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Abstract. The lidar backscattering properties of Asian dust particles, namely the lidar ratio (S) and backscattering depolarization ratio (δ), were studied using a discrete dipole approximation (DDA) model. The three-dimensional morphology of the dust particles was reconstructed in fine detail using the focused ion beam (FIB) tomography technique. An index based on the symmetry of the scattering matrix was developed to assess the convergence of random orientation computation using DDA. Both S and δ exhibit an asymptotic trend with dust particle size: the S initially decreases, while the δ increases with size, before both approach their asymptotic values. The lidar properties were found to have statistically insignificant dependence on effective sphericity. The presence of strongly absorbing minerals, such as magnetite, can greatly reduce the dust's single-scattering albedo and δ. Utilizing the robust asymptotic trend behavior, two parameterization schemes were developed: one to estimate the δ of a single dust particle given its size and the other to estimate the δ of dust particles with a lognormal particle size distribution given the effective radius. The parameterization scheme was compared with results based on the TAMUdust2020 database, showing hexahedrons to reasonably represent realistic geometries with similar physical properties.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2232138</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Atmos. Chem. Phys.</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>