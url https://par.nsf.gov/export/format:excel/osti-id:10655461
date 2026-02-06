--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10655461</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3777899</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>It’s Hip to Be Square: A Tangible User Interface for Quadrilateral Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lambert, Scott George (ORCID:0009000321156514); Pawar, Adish (ORCID:0009000858563697); Smith, Taliesin L (ORCID:0000000277222395); Tennison, Jennifer (ORCID:0000000331918706); Moore, Emily B (ORCID:0000000196393635); Gorlewicz, Jenna (ORCID:0000000206884201)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-12-31T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Accessible Computing</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 23</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1936-7228</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;This article presents the Smart Quad, a tangible user interface (TUI) designed to enhance quadrilateral learning by integrating physical and digital educational tools. Developed through an iterative, user-centered design process, the Smart Quad is a tangible device that pairs with the PhET Simulation&lt;italic toggle='yes'&gt;Quadrilateral&lt;/italic&gt;creating a multimodal, inclusive learning environment for geometry. We conducted a pilot study with four users with blindness or low vision (BLV) and a formal user study in two settings: a classroom study with 15 students from grades 6 to 8 and individual sessions with five students with BLV from grades 7 to 9. Our findings demonstrate the efficacy of the Smart Quad in facilitating hands-on, interactive learning experiences, particularly for students with BLV, and highlight the potential for TUIs to bridge gaps in mathematics education by supporting diverse learning needs and preferences. The results suggest that TUIs like the Smart Quad can significantly improve engagement and understanding of geometric concepts, offering a promising direction for future educational tools.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1845490</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>