--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10655836</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1126/science.adq6607</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Pantropical tree rings show small effects of drought on stem growth</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zuidema, Pieter A (ORCID:0000000181001168); Groenendijk, Peter (ORCID:0000000327526195); Rahman, Mizanur (ORCID:0000000190112011); Trouet, Valerie (ORCID:0000000226838704); Abiyu, Abrham (ORCID:0000000194279820); Acuña-Soto, Rodolfo (ORCID:0000000284770170); Adenesky-Filho, Eduardo (ORCID:000000025978639X); Alfaro-Sánchez, Raquel (ORCID:0000000173573027); Anholetto, Claudio Roberto (ORCID:0000000254723904); Aragão, José_Roberto Vieira (ORCID:0000000180359635); Assis-Pereira, Gabriel (ORCID:0000000152740033); Astudillo-Sánchez, Claudia C (ORCID:0000000303000252); Barbosa, Ana Carolina (ORCID:0000000298231063); Battipaglia, Giovanna (ORCID:0000000317413509); Beeckman, Hans (ORCID:0000000189546277); Botosso, Paulo Cesar (ORCID:0000000153612543); Bourland, Nils (ORCID:0000000349608685); Bräuning, Achim (ORCID:0000000331064229); Brienen, Roel (ORCID:0000000253975755); Brookhouse, Matthew (ORCID:000000021127255X); Buajan, Supaporn (ORCID:0000000174105321); Buckley, Brendan M (ORCID:0000000315448003); Camarero, J Julio (ORCID:0000000324362922); Carrillo-Parra, Artemio (ORCID:0000000302855224); Ceccantini, Gregório (ORCID:0000000279524485); Centeno-Erguera, Librado R (ORCID:0000000307917877); Cerano-Paredes, Julián (ORCID:0000000215285139); Cervantes-Martínez, Rosalinda (ORCID:0000000218640917); Chanthorn, Wirong; Chen, Ya-Jun (ORCID:0000000157535565); Cintra, Bruno_Barçante Ladvocat (ORCID:0000000251162654); Cornejo-Oviedo, Eladio Heriberto (ORCID:0000000259549853); Cortés-Cortés, Otoniel; Costa, Clayane Matos; Couralet, Camille (ORCID:0000000338699542); Crispín-De-La-Cruz, Doris Bianca (ORCID:0000000293756813); D’arrigo, Rosanne; David, Diego A (ORCID:0009000276363695); De_Ridder, Maaike; Del_Valle, Jorge Ignacio (ORCID:0000000159087575); Dobner, Mário (ORCID:000000017216781X); Doucet, Jean-Louis (ORCID:000000023277898X); Dünisch, Oliver; Enquist, Brian J (ORCID:0000000261247096); Esemann-Quadros, Karin (ORCID:0000000328223364); Esquivel-Arriaga, Gerardo (ORCID:000000025043817X); Fan, Ze-Xin (ORCID:0000000346236783); Fayolle, Adeline (ORCID:0000000267700031); Fenilli, Tatiele_Anete Bergamo (ORCID:0000000334745935); Ferrero, M Eugenia (ORCID:0000000168582164); Fichtler, Esther; Finnegan, Patrick M (ORCID:0000000150211138); Fontana, Claudia (ORCID:0000000320325673); Francisco, Kainana S (ORCID:0000000331027997); Fu, Pei-Li (ORCID:000000019092284X); Galvão, Franklin (ORCID:0000000214251607); Gebrekirstos, Aster; Giraldo, Jorge A (ORCID:0000000349065406); Gloor, Emanuel (ORCID:0000000293846341); Godoy-Veiga, Milena (ORCID:0000000337604839); Granato-Souza, Daniela (ORCID:0000000270110892); Guerra, Anthony (ORCID:0000000298308550); Haneca, Kristof (ORCID:0000000277198305); Harley, Grant Logan (ORCID:0000000315578465); Heinrich, Ingo (ORCID:0000000158006999); Helle, Gerhard (ORCID:0000000199886638); Hornink, Bruna (ORCID:000000028765540X); Hubau, Wannes (ORCID:0000000337954986); Inga, Janet G (ORCID:0000000223218518); Islam, Mahmuda (ORCID:0000000331496582); Jiang, Yu-Mei (ORCID:0000000183597778); Kaib, Mark (ORCID:0000000332359141); Khamisi, Zakia Hassan (ORCID:0009000202791566); Koprowski, Marcin (ORCID:0000000205834165); Layme, Eva (ORCID:0000000303573587); Leffler, A Joshua (ORCID:0000000233892493); Ligot, Gauthier (ORCID:0000000255084358); Lisi, Claudio Sergio (ORCID:0000000228372784); Loader, Neil J (ORCID:0000000268411813); Lobo, Francisco_De Almeida (ORCID:0000000256700351); Locosselli, Giuliano Maselli (ORCID:0000000221782027); Longhi-Santos, Tomaz (ORCID:0000000197002843); Lopez, Lidio (ORCID:0000000152549618); López-Hernández, María I (ORCID:0000000333781125); Lousada, José_Luís_Penetra Cerveira (ORCID:0000000209911711); Manzanedo, Rubén D (ORCID:0000000165927235); Marcon, Amanda K (ORCID:0000000296409825); Maxwell, Justin T (ORCID:0000000191953146); Mendoza-Villa, Omar N (ORCID:0009000360049594); Nunes_Menezes, Ítallo Romany (ORCID:0009000830329137); Mokria, Mulugeta (ORCID:0000000278128296); Montóia, Valdinez Ribeiro; Moors, Eddy (ORCID:0000000323092887); Moreno, Miyer; Muñiz-Castro, Miguel Angel (ORCID:000000029127057X); Nabais, Cristina (ORCID:0000000169018776); Nathalang, Anuttara (ORCID:0000000327800289); Ngoma, Justine (ORCID:0000000312642249); Nogueira, Francisco_De Carvalho (ORCID:0000000250361686); Oliveira, Juliano Morales (ORCID:000000032834852X); Olmedo, Gabriela Morais (ORCID:0000000222060691); Ortega-Rodriguez, Daigard Ricardo (ORCID:0000000319376801); Rodríguez_Ortíz, Carmen Eugenia (ORCID:0000000289234692); Pagotto, Mariana Alves (ORCID:0000000311417269); Panthi, Shankar (ORCID:0000000235225555); Paredes-Villanueva, Kathelyn (ORCID:000000032439131X); Pérez-de-Lis, Gonzalo (ORCID:0000000279132190); Calderón, Laura_Patricia Ponce (ORCID:0000000175048058); Portal-Cahuana, Leif Armando (ORCID:0000000227174348); Pucha-Cofrep, Darwin Alexander (ORCID:0000000332121184); Pumijumnong, Nathsuda; Quadri, Paulo (ORCID:0000000316710296); Ramírez, Jorge Andrés (ORCID:000000033101052X); Requena-Rojas, Edilson Jimmy (ORCID:000000020653587X); Reyes-Flores, Judith (ORCID:0009000234105372); Ribeiro, Adauto_de Souza (ORCID:0000000177343974); Robertson, Iain (ORCID:0000000171744523); Roig, Fidel Alejandro (ORCID:0000000309870486); Roquette, José Guilherme (ORCID:0000000306459173); Rubio-Camacho, Ernesto Alonso (ORCID:000000033464363X); Sánchez-Salguero, Raúl (ORCID:0000000265455810); Sass-Klaassen, Ute (ORCID:0000000284793209); Schöngart, Jochen (ORCID:0000000276969657); Scipioni, Marcelo Callegari (ORCID:0000000209235661); Sheppard, Paul R (ORCID:0000000157797215); Silva, Lucas CR (ORCID:000000024838327X); Slotta, Franziska (ORCID:0000000178973089); Soria-Díaz, Leroy (ORCID:0000000224123211); Sousa, Luciana KVS (ORCID:0000000348930066); Speer, James H (ORCID:0000000311880552); Therrell, Matthew D (ORCID:0000000291746005); Ticse-Otarola, Ginette (ORCID:0000000238155206); Tomazello-Filho, Mario (ORCID:0000000298140778); Torbenson, Max CA (ORCID:0000000327202238); Tor-Ngern, Pantana (ORCID:0000000173634926); Touchan, Ramzi; Van_den_Bulcke, Jan (ORCID:0000000329395408); Vázquez-Selem, Lorenzo (ORCID:0000000177986187); Velázquez-Pérez, Adín H (ORCID:0000000205962706); Venegas-González, Alejandro (ORCID:0000000345684533); Villalba, Ricardo (ORCID:0000000181830310); Villanueva-Diaz, Jose (ORCID:0000000182111203); Vlam, Mart (ORCID:0000000200386586); Vourlitis, George (ORCID:0000000343043951); Wehenkel, Christian; Wils, Tommy (ORCID:0000000257940824); Zavaleta, Erika S (ORCID:0000000217696492); Zewdu, Eshetu Asfaw; Zhang, Yong-Jiang (ORCID:0000000156373015); Zhou, Zhe-Kun (ORCID:0000000207102128); Babst, Flurin (ORCID:0000000341067087)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-31T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>389</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6759</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>532 to 538</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0036-8075</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Increasing drought pressure under anthropogenic climate change may jeopardize the potential of tropical forests to capture carbon in woody biomass and act as a long-term carbon dioxide sink. To evaluate this risk, we assessed drought impacts in 483 tree-ring chronologies from across the tropics and found an overall modest stem growth decline (2.5% with a 95% confidence interval of 2.2 to 2.7%) during the 10% driest years since 1930. Stem growth declines exceeded 10% in 25% of cases and were larger at hotter and drier sites and for gymnosperms compared with angiosperms. Growth declines generally did not outlast drought years and were partially mitigated by growth stimulation in wet years. Thus, pantropical forest carbon sequestration through stem growth has hitherto shown drought resilience that may, however, diminish under future climate change.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2319597</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Science</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>