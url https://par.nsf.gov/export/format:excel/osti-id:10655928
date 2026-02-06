--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10655928</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/adfc72</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Very Late-time JWST and Keck Spectra of the Oxygen-rich Supernova 1995N</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Clayton, Geoffrey C (ORCID:0000000201417436); Wesson, R (ORCID:0000000240004394); Fox, Ori D (ORCID:0000000322381572); Shahbandeh, Melissa (ORCID:0000000293015302); Filippenko, Alexei V (ORCID:0000000334600103); Nickson, Bryony (ORCID:0000000299151372); Engesser, Michael (ORCID:000000030209674X); Van_Dyk, Schuyler D (ORCID:0000000190389950); Zheng, WeiKang (ORCID:0000000226366508); Brink, Thomas G (ORCID:0000000159552502); Yang, Yi (ORCID:0000000265358500); Temim, Tea (ORCID:0000000173803144); Smith, Nathan (ORCID:0000000155102424); Andrews, Jennifer (ORCID:0000000301230062); Ashall, Chris (ORCID:0000000252217557); De_Looze, Ilse (ORCID:0000000194196355); Derkacy, James M (ORCID:0000000275666080); Dessart, Luc (ORCID:0000000305998407); Dulude, Michael; Dwek, Eli (ORCID:0000000180331181); Foley, Ryan J (ORCID:0000000224455275); Gezari, Suvi (ORCID:0000000337035154); Gomez, Sebastian (ORCID:0000000163956702); Gonzaga, Shireen; Indukuri, Siva; Jencson, Jacob (ORCID:0000000157544007); Johansson, Joel (ORCID:000000015975290X); Kasliwal, Mansi (ORCID:0000000256194938); Lane, Zachary G (ORCID:0009000383804003); Lau, Ryan; Law, David (ORCID:000000029402186X); Marston, Anthony (ORCID:0000000157885258); Milisavljevic, Dan (ORCID:0000000207633885); O’Steen, Richard (ORCID:0000000224328946); Pierel, Justin (ORCID:0000000223617201); Rest, Armin (ORCID:0000000244105387); Sarangi, Arkaprabha (ORCID:000000029820679X); Siebert, Matthew (ORCID:0000000324453891); Skrutskie, Michael; Strolger, Lou (ORCID:0000000277564440); Szalai, Tamás (ORCID:0000000346101117); Tinyanont, Samaporn (ORCID:0000000214814676); Wang, Qinan (ORCID:0000000152336989); Williams, Brian (ORCID:000000032063381X); Xiao, Lin (ORCID:0000000269865593); Zsíros, Szanna (ORCID:0000000174734208)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-09-23T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>991</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>133</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present new JWST/MIRI Medium Resolution Spectroscopy and Keck spectra of SN 1995N obtained in 2022–2023, more than 10,000 days after the supernova (SN) explosion. These spectra are among the latest direct detections of a core-collapse SN, both through emission lines in the optical and thermal continuum from infrared (IR) dust emission. The new IR data show that dust heating from radiation produced by the ejecta interacting with circumstellar matter is still present but greatly reduced from when SN 1995N was observed by the Spitzer Space Telescope and WISE in 2009/2010 and 2018, when the dust mass was estimated to be 0.4&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;. New radiative-transfer modeling suggests that the dust mass and grain size may have increased between 2010 and 2023. The new data can alternatively be well fit with a dust mass of 0.4&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;and a much reduced heating source luminosity. The new late-time spectra show unusually strong oxygen forbidden lines, stronger than the H&lt;italic&gt;α&lt;/italic&gt;emission. This indicates that SN 1995N may have exploded as a stripped-envelope SN, which then interacted with a massive H-rich circumstellar shell, changing it from intrinsically Type Ib/c to Type IIn. The late-time spectrum results when the reverse shock begins to excite the inner H-poor, O-rich ejecta. This change in the spectrum is rarely seen but marks the start of the transition from SN to SN remnant.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2209451; 2206532</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOP</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>